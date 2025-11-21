--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -7408,306 +7408,306 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>12667</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2">
-        <v>20280</v>
+        <v>20670</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3">
         <v>9357</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3">
         <v>81</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4">
         <v>4427</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5">
         <v>4429</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6">
         <v>4431</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6">
-        <v>600</v>
+        <v>611</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
         <v>4433</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7">
-        <v>1009</v>
+        <v>1029</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>4435</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8">
-        <v>1732</v>
+        <v>1753</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9">
         <v>4437</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9">
-        <v>3113</v>
+        <v>3150</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10">
         <v>8469</v>
       </c>
       <c r="C10" t="s">
         <v>24</v>
       </c>
       <c r="D10">
         <v>67</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
         <v>8468</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11">
         <v>74</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12">
         <v>4428</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="E12" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13">
         <v>4430</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14">
         <v>4432</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14">
-        <v>647</v>
+        <v>660</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15">
         <v>4434</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15">
-        <v>1091</v>
+        <v>1104</v>
       </c>
       <c r="E15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16">
         <v>4436</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16">
-        <v>1945</v>
+        <v>1969</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17">
         <v>4438</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17">
-        <v>3701</v>
+        <v>3772</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18">
         <v>5603</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18">
         <v>7</v>
       </c>
       <c r="E18" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>8</v>
@@ -7850,102 +7850,102 @@
       </c>
       <c r="B27">
         <v>5634</v>
       </c>
       <c r="C27" t="s">
         <v>58</v>
       </c>
       <c r="D27">
         <v>63</v>
       </c>
       <c r="E27" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28">
         <v>5607</v>
       </c>
       <c r="C28" t="s">
         <v>60</v>
       </c>
       <c r="D28">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29">
         <v>5635</v>
       </c>
       <c r="C29" t="s">
         <v>62</v>
       </c>
       <c r="D29">
         <v>16</v>
       </c>
       <c r="E29" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30">
         <v>5636</v>
       </c>
       <c r="C30" t="s">
         <v>64</v>
       </c>
       <c r="D30">
         <v>18</v>
       </c>
       <c r="E30" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31">
         <v>5637</v>
       </c>
       <c r="C31" t="s">
         <v>66</v>
       </c>
       <c r="D31">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E31" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32">
         <v>5638</v>
       </c>
       <c r="C32" t="s">
         <v>68</v>
       </c>
       <c r="D32">
         <v>86</v>
       </c>
       <c r="E32" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>8</v>
@@ -8258,119 +8258,119 @@
       </c>
       <c r="B51">
         <v>4443</v>
       </c>
       <c r="C51" t="s">
         <v>108</v>
       </c>
       <c r="D51">
         <v>6</v>
       </c>
       <c r="E51" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52">
         <v>4446</v>
       </c>
       <c r="C52" t="s">
         <v>110</v>
       </c>
       <c r="D52">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>107</v>
       </c>
       <c r="B53">
         <v>4448</v>
       </c>
       <c r="C53" t="s">
         <v>112</v>
       </c>
       <c r="D53">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E53" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>107</v>
       </c>
       <c r="B54">
         <v>4449</v>
       </c>
       <c r="C54" t="s">
         <v>114</v>
       </c>
       <c r="D54">
         <v>32</v>
       </c>
       <c r="E54" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>107</v>
       </c>
       <c r="B55">
         <v>4450</v>
       </c>
       <c r="C55" t="s">
         <v>116</v>
       </c>
       <c r="D55">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E55" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>107</v>
       </c>
       <c r="B56">
         <v>4451</v>
       </c>
       <c r="C56" t="s">
         <v>118</v>
       </c>
       <c r="D56">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E56" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>107</v>
       </c>
       <c r="B57">
         <v>4949</v>
       </c>
       <c r="C57" t="s">
         <v>120</v>
       </c>
       <c r="D57">
         <v>64</v>
       </c>
       <c r="E57" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>107</v>
@@ -8445,187 +8445,187 @@
       </c>
       <c r="B62">
         <v>4447</v>
       </c>
       <c r="C62" t="s">
         <v>130</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
       <c r="E62" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>5</v>
       </c>
       <c r="B63">
         <v>5626</v>
       </c>
       <c r="C63" t="s">
         <v>132</v>
       </c>
       <c r="D63">
-        <v>1012</v>
+        <v>1032</v>
       </c>
       <c r="E63" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>5</v>
       </c>
       <c r="B64">
         <v>5627</v>
       </c>
       <c r="C64" t="s">
         <v>134</v>
       </c>
       <c r="D64">
-        <v>1036</v>
+        <v>1056</v>
       </c>
       <c r="E64" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>80</v>
       </c>
       <c r="B65">
         <v>5770</v>
       </c>
       <c r="C65" t="s">
         <v>136</v>
       </c>
       <c r="D65">
         <v>256</v>
       </c>
       <c r="E65" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>80</v>
       </c>
       <c r="B66">
         <v>5771</v>
       </c>
       <c r="C66" t="s">
         <v>138</v>
       </c>
       <c r="D66">
         <v>318</v>
       </c>
       <c r="E66" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>80</v>
       </c>
       <c r="B67">
         <v>5772</v>
       </c>
       <c r="C67" t="s">
         <v>140</v>
       </c>
       <c r="D67">
-        <v>983</v>
+        <v>1002</v>
       </c>
       <c r="E67" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>80</v>
       </c>
       <c r="B68">
         <v>5773</v>
       </c>
       <c r="C68" t="s">
         <v>142</v>
       </c>
       <c r="D68">
-        <v>1205</v>
+        <v>1228</v>
       </c>
       <c r="E68" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>80</v>
       </c>
       <c r="B69">
         <v>5774</v>
       </c>
       <c r="C69" t="s">
         <v>144</v>
       </c>
       <c r="D69">
-        <v>1368</v>
+        <v>1394</v>
       </c>
       <c r="E69" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>80</v>
       </c>
       <c r="B70">
         <v>5776</v>
       </c>
       <c r="C70" t="s">
         <v>146</v>
       </c>
       <c r="D70">
-        <v>1656</v>
+        <v>1688</v>
       </c>
       <c r="E70" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>80</v>
       </c>
       <c r="B71">
         <v>5775</v>
       </c>
       <c r="C71" t="s">
         <v>148</v>
       </c>
       <c r="D71">
-        <v>2096</v>
+        <v>2136</v>
       </c>
       <c r="E71" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>5</v>
       </c>
       <c r="B72">
         <v>5610</v>
       </c>
       <c r="C72" t="s">
         <v>150</v>
       </c>
       <c r="D72">
         <v>811</v>
       </c>
       <c r="E72" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>5</v>
@@ -9176,187 +9176,187 @@
       </c>
       <c r="B105">
         <v>4458</v>
       </c>
       <c r="C105" t="s">
         <v>217</v>
       </c>
       <c r="D105">
         <v>330</v>
       </c>
       <c r="E105" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>5</v>
       </c>
       <c r="B106">
         <v>4459</v>
       </c>
       <c r="C106" t="s">
         <v>219</v>
       </c>
       <c r="D106">
-        <v>662</v>
+        <v>675</v>
       </c>
       <c r="E106" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>5</v>
       </c>
       <c r="B107">
         <v>4460</v>
       </c>
       <c r="C107" t="s">
         <v>221</v>
       </c>
       <c r="D107">
-        <v>729</v>
+        <v>743</v>
       </c>
       <c r="E107" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>5</v>
       </c>
       <c r="B108">
         <v>4812</v>
       </c>
       <c r="C108" t="s">
         <v>223</v>
       </c>
       <c r="D108">
-        <v>973</v>
+        <v>992</v>
       </c>
       <c r="E108" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>5</v>
       </c>
       <c r="B109">
         <v>4813</v>
       </c>
       <c r="C109" t="s">
         <v>225</v>
       </c>
       <c r="D109">
-        <v>1374</v>
+        <v>1400</v>
       </c>
       <c r="E109" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>5</v>
       </c>
       <c r="B110">
         <v>4814</v>
       </c>
       <c r="C110" t="s">
         <v>227</v>
       </c>
       <c r="D110">
-        <v>1890</v>
+        <v>1926</v>
       </c>
       <c r="E110" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>5</v>
       </c>
       <c r="B111">
         <v>4815</v>
       </c>
       <c r="C111" t="s">
         <v>229</v>
       </c>
       <c r="D111">
-        <v>2267</v>
+        <v>2310</v>
       </c>
       <c r="E111" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>5</v>
       </c>
       <c r="B112">
         <v>4928</v>
       </c>
       <c r="C112" t="s">
         <v>231</v>
       </c>
       <c r="D112">
-        <v>2814</v>
+        <v>2868</v>
       </c>
       <c r="E112" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>5</v>
       </c>
       <c r="B113">
         <v>4929</v>
       </c>
       <c r="C113" t="s">
         <v>233</v>
       </c>
       <c r="D113">
-        <v>3769</v>
+        <v>3842</v>
       </c>
       <c r="E113" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>5</v>
       </c>
       <c r="B114">
         <v>4930</v>
       </c>
       <c r="C114" t="s">
         <v>235</v>
       </c>
       <c r="D114">
-        <v>5235</v>
+        <v>5336</v>
       </c>
       <c r="E114" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>237</v>
       </c>
       <c r="B115">
         <v>4464</v>
       </c>
       <c r="C115" t="s">
         <v>238</v>
       </c>
       <c r="D115">
         <v>482</v>
       </c>
       <c r="E115" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>237</v>
@@ -9465,51 +9465,51 @@
       </c>
       <c r="B122">
         <v>5131</v>
       </c>
       <c r="C122" t="s">
         <v>252</v>
       </c>
       <c r="D122">
         <v>0</v>
       </c>
       <c r="E122" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>254</v>
       </c>
       <c r="B123">
         <v>5648</v>
       </c>
       <c r="C123" t="s">
         <v>255</v>
       </c>
       <c r="D123">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="E123" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>254</v>
       </c>
       <c r="B124">
         <v>5649</v>
       </c>
       <c r="C124" t="s">
         <v>257</v>
       </c>
       <c r="D124">
         <v>838</v>
       </c>
       <c r="E124" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>254</v>
@@ -9669,51 +9669,51 @@
       </c>
       <c r="B134">
         <v>11571</v>
       </c>
       <c r="C134" t="s">
         <v>277</v>
       </c>
       <c r="D134">
         <v>333</v>
       </c>
       <c r="E134" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>279</v>
       </c>
       <c r="B135">
         <v>4470</v>
       </c>
       <c r="C135" t="s">
         <v>280</v>
       </c>
       <c r="D135">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E135" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>279</v>
       </c>
       <c r="B136">
         <v>4471</v>
       </c>
       <c r="C136" t="s">
         <v>282</v>
       </c>
       <c r="D136">
         <v>8</v>
       </c>
       <c r="E136" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>279</v>
@@ -9975,68 +9975,68 @@
       </c>
       <c r="B152">
         <v>4482</v>
       </c>
       <c r="C152" t="s">
         <v>315</v>
       </c>
       <c r="D152">
         <v>18</v>
       </c>
       <c r="E152" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>314</v>
       </c>
       <c r="B153">
         <v>4484</v>
       </c>
       <c r="C153" t="s">
         <v>317</v>
       </c>
       <c r="D153">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E153" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>314</v>
       </c>
       <c r="B154">
         <v>4486</v>
       </c>
       <c r="C154" t="s">
         <v>319</v>
       </c>
       <c r="D154">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E154" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>314</v>
       </c>
       <c r="B155">
         <v>4487</v>
       </c>
       <c r="C155" t="s">
         <v>321</v>
       </c>
       <c r="D155">
         <v>99</v>
       </c>
       <c r="E155" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>314</v>
@@ -10128,1190 +10128,1190 @@
       </c>
       <c r="B161">
         <v>4516</v>
       </c>
       <c r="C161" t="s">
         <v>334</v>
       </c>
       <c r="D161">
         <v>19</v>
       </c>
       <c r="E161" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>327</v>
       </c>
       <c r="B162">
         <v>4524</v>
       </c>
       <c r="C162" t="s">
         <v>336</v>
       </c>
       <c r="D162">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E162" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>327</v>
       </c>
       <c r="B163">
         <v>4533</v>
       </c>
       <c r="C163" t="s">
         <v>338</v>
       </c>
       <c r="D163">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E163" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>327</v>
       </c>
       <c r="B164">
         <v>4541</v>
       </c>
       <c r="C164" t="s">
         <v>340</v>
       </c>
       <c r="D164">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="E164" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>327</v>
       </c>
       <c r="B165">
         <v>4548</v>
       </c>
       <c r="C165" t="s">
         <v>342</v>
       </c>
       <c r="D165">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="E165" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>327</v>
       </c>
       <c r="B166">
         <v>4553</v>
       </c>
       <c r="C166" t="s">
         <v>344</v>
       </c>
       <c r="D166">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="E166" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>327</v>
       </c>
       <c r="B167">
         <v>4554</v>
       </c>
       <c r="C167" t="s">
         <v>346</v>
       </c>
       <c r="D167">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="E167" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>327</v>
       </c>
       <c r="B168">
         <v>4501</v>
       </c>
       <c r="C168" t="s">
         <v>348</v>
       </c>
       <c r="D168">
         <v>13</v>
       </c>
       <c r="E168" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>327</v>
       </c>
       <c r="B169">
         <v>4511</v>
       </c>
       <c r="C169" t="s">
         <v>350</v>
       </c>
       <c r="D169">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E169" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>327</v>
       </c>
       <c r="B170">
         <v>4512</v>
       </c>
       <c r="C170" t="s">
         <v>352</v>
       </c>
       <c r="D170">
         <v>25</v>
       </c>
       <c r="E170" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>327</v>
       </c>
       <c r="B171">
         <v>4521</v>
       </c>
       <c r="C171" t="s">
         <v>354</v>
       </c>
       <c r="D171">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E171" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>327</v>
       </c>
       <c r="B172">
         <v>4522</v>
       </c>
       <c r="C172" t="s">
         <v>356</v>
       </c>
       <c r="D172">
         <v>29</v>
       </c>
       <c r="E172" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>327</v>
       </c>
       <c r="B173">
         <v>4523</v>
       </c>
       <c r="C173" t="s">
         <v>358</v>
       </c>
       <c r="D173">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E173" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>327</v>
       </c>
       <c r="B174">
         <v>4529</v>
       </c>
       <c r="C174" t="s">
         <v>360</v>
       </c>
       <c r="D174">
         <v>22</v>
       </c>
       <c r="E174" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>327</v>
       </c>
       <c r="B175">
         <v>4530</v>
       </c>
       <c r="C175" t="s">
         <v>362</v>
       </c>
       <c r="D175">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E175" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>327</v>
       </c>
       <c r="B176">
         <v>4531</v>
       </c>
       <c r="C176" t="s">
         <v>364</v>
       </c>
       <c r="D176">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E176" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>327</v>
       </c>
       <c r="B177">
         <v>4532</v>
       </c>
       <c r="C177" t="s">
         <v>366</v>
       </c>
       <c r="D177">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E177" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>327</v>
       </c>
       <c r="B178">
         <v>4536</v>
       </c>
       <c r="C178" t="s">
         <v>368</v>
       </c>
       <c r="D178">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E178" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>327</v>
       </c>
       <c r="B179">
         <v>4537</v>
       </c>
       <c r="C179" t="s">
         <v>370</v>
       </c>
       <c r="D179">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E179" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>327</v>
       </c>
       <c r="B180">
         <v>4538</v>
       </c>
       <c r="C180" t="s">
         <v>372</v>
       </c>
       <c r="D180">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E180" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>327</v>
       </c>
       <c r="B181">
         <v>4539</v>
       </c>
       <c r="C181" t="s">
         <v>374</v>
       </c>
       <c r="D181">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E181" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>327</v>
       </c>
       <c r="B182">
         <v>4540</v>
       </c>
       <c r="C182" t="s">
         <v>376</v>
       </c>
       <c r="D182">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E182" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
         <v>327</v>
       </c>
       <c r="B183">
         <v>6628</v>
       </c>
       <c r="C183" t="s">
         <v>378</v>
       </c>
       <c r="D183">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E183" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
         <v>327</v>
       </c>
       <c r="B184">
         <v>4544</v>
       </c>
       <c r="C184" t="s">
         <v>380</v>
       </c>
       <c r="D184">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E184" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>327</v>
       </c>
       <c r="B185">
         <v>4545</v>
       </c>
       <c r="C185" t="s">
         <v>382</v>
       </c>
       <c r="D185">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E185" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>327</v>
       </c>
       <c r="B186">
         <v>4546</v>
       </c>
       <c r="C186" t="s">
         <v>384</v>
       </c>
       <c r="D186">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="E186" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>327</v>
       </c>
       <c r="B187">
         <v>4547</v>
       </c>
       <c r="C187" t="s">
         <v>386</v>
       </c>
       <c r="D187">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="E187" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>327</v>
       </c>
       <c r="B188">
         <v>4549</v>
       </c>
       <c r="C188" t="s">
         <v>388</v>
       </c>
       <c r="D188">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="E188" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>327</v>
       </c>
       <c r="B189">
         <v>4550</v>
       </c>
       <c r="C189" t="s">
         <v>390</v>
       </c>
       <c r="D189">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E189" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>327</v>
       </c>
       <c r="B190">
         <v>4551</v>
       </c>
       <c r="C190" t="s">
         <v>392</v>
       </c>
       <c r="D190">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="E190" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>327</v>
       </c>
       <c r="B191">
         <v>4552</v>
       </c>
       <c r="C191" t="s">
         <v>394</v>
       </c>
       <c r="D191">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="E191" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>327</v>
       </c>
       <c r="B192">
         <v>4555</v>
       </c>
       <c r="C192" t="s">
         <v>396</v>
       </c>
       <c r="D192">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="E192" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>327</v>
       </c>
       <c r="B193">
         <v>4556</v>
       </c>
       <c r="C193" t="s">
         <v>398</v>
       </c>
       <c r="D193">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="E193" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>327</v>
       </c>
       <c r="B194">
         <v>4557</v>
       </c>
       <c r="C194" t="s">
         <v>400</v>
       </c>
       <c r="D194">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="E194" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>327</v>
       </c>
       <c r="B195">
         <v>4558</v>
       </c>
       <c r="C195" t="s">
         <v>402</v>
       </c>
       <c r="D195">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="E195" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>327</v>
       </c>
       <c r="B196">
         <v>4488</v>
       </c>
       <c r="C196" t="s">
         <v>404</v>
       </c>
       <c r="D196">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E196" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>327</v>
       </c>
       <c r="B197">
         <v>4491</v>
       </c>
       <c r="C197" t="s">
         <v>406</v>
       </c>
       <c r="D197">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E197" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>327</v>
       </c>
       <c r="B198">
         <v>4493</v>
       </c>
       <c r="C198" t="s">
         <v>408</v>
       </c>
       <c r="D198">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="E198" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
         <v>327</v>
       </c>
       <c r="B199">
         <v>4496</v>
       </c>
       <c r="C199" t="s">
         <v>410</v>
       </c>
       <c r="D199">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E199" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>327</v>
       </c>
       <c r="B200">
         <v>4498</v>
       </c>
       <c r="C200" t="s">
         <v>412</v>
       </c>
       <c r="D200">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E200" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>327</v>
       </c>
       <c r="B201">
         <v>4500</v>
       </c>
       <c r="C201" t="s">
         <v>414</v>
       </c>
       <c r="D201">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E201" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>327</v>
       </c>
       <c r="B202">
         <v>4503</v>
       </c>
       <c r="C202" t="s">
         <v>416</v>
       </c>
       <c r="D202">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E202" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>327</v>
       </c>
       <c r="B203">
         <v>4506</v>
       </c>
       <c r="C203" t="s">
         <v>418</v>
       </c>
       <c r="D203">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E203" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>327</v>
       </c>
       <c r="B204">
         <v>4827</v>
       </c>
       <c r="C204" t="s">
         <v>420</v>
       </c>
       <c r="D204">
         <v>0</v>
       </c>
       <c r="E204" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>327</v>
       </c>
       <c r="B205">
         <v>4513</v>
       </c>
       <c r="C205" t="s">
         <v>422</v>
       </c>
       <c r="D205">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E205" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>327</v>
       </c>
       <c r="B206">
         <v>4515</v>
       </c>
       <c r="C206" t="s">
         <v>424</v>
       </c>
       <c r="D206">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="E206" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>327</v>
       </c>
       <c r="B207">
         <v>5867</v>
       </c>
       <c r="C207" t="s">
         <v>426</v>
       </c>
       <c r="D207">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E207" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>327</v>
       </c>
       <c r="B208">
         <v>5866</v>
       </c>
       <c r="C208" t="s">
         <v>428</v>
       </c>
       <c r="D208">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="E208" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>327</v>
       </c>
       <c r="B209">
         <v>4519</v>
       </c>
       <c r="C209" t="s">
         <v>430</v>
       </c>
       <c r="D209">
         <v>0</v>
       </c>
       <c r="E209" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>327</v>
       </c>
       <c r="B210">
         <v>4517</v>
       </c>
       <c r="C210" t="s">
         <v>432</v>
       </c>
       <c r="D210">
-        <v>595</v>
+        <v>607</v>
       </c>
       <c r="E210" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>327</v>
       </c>
       <c r="B211">
         <v>4518</v>
       </c>
       <c r="C211" t="s">
         <v>434</v>
       </c>
       <c r="D211">
-        <v>689</v>
+        <v>702</v>
       </c>
       <c r="E211" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>327</v>
       </c>
       <c r="B212">
         <v>4527</v>
       </c>
       <c r="C212" t="s">
         <v>436</v>
       </c>
       <c r="D212">
         <v>0</v>
       </c>
       <c r="E212" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>327</v>
       </c>
       <c r="B213">
         <v>4525</v>
       </c>
       <c r="C213" t="s">
         <v>438</v>
       </c>
       <c r="D213">
-        <v>932</v>
+        <v>950</v>
       </c>
       <c r="E213" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>327</v>
       </c>
       <c r="B214">
         <v>4526</v>
       </c>
       <c r="C214" t="s">
         <v>440</v>
       </c>
       <c r="D214">
-        <v>1032</v>
+        <v>1052</v>
       </c>
       <c r="E214" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
         <v>327</v>
       </c>
       <c r="B215">
         <v>4534</v>
       </c>
       <c r="C215" t="s">
         <v>442</v>
       </c>
       <c r="D215">
-        <v>1466</v>
+        <v>1494</v>
       </c>
       <c r="E215" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>327</v>
       </c>
       <c r="B216">
         <v>4535</v>
       </c>
       <c r="C216" t="s">
         <v>444</v>
       </c>
       <c r="D216">
-        <v>1456</v>
+        <v>1484</v>
       </c>
       <c r="E216" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>327</v>
       </c>
       <c r="B217">
         <v>4542</v>
       </c>
       <c r="C217" t="s">
         <v>446</v>
       </c>
       <c r="D217">
-        <v>2589</v>
+        <v>2639</v>
       </c>
       <c r="E217" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>327</v>
       </c>
       <c r="B218">
         <v>4543</v>
       </c>
       <c r="C218" t="s">
         <v>448</v>
       </c>
       <c r="D218">
-        <v>2802</v>
+        <v>2856</v>
       </c>
       <c r="E218" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>327</v>
       </c>
       <c r="B219">
         <v>4918</v>
       </c>
       <c r="C219" t="s">
         <v>450</v>
       </c>
       <c r="D219">
         <v>0</v>
       </c>
       <c r="E219" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>327</v>
       </c>
       <c r="B220">
         <v>4919</v>
       </c>
       <c r="C220" t="s">
         <v>452</v>
       </c>
       <c r="D220">
         <v>0</v>
       </c>
       <c r="E220" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>327</v>
       </c>
       <c r="B221">
         <v>5592</v>
       </c>
       <c r="C221" t="s">
         <v>454</v>
       </c>
       <c r="D221">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E221" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>327</v>
       </c>
       <c r="B222">
         <v>5643</v>
       </c>
       <c r="C222" t="s">
         <v>456</v>
       </c>
       <c r="D222">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E222" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>327</v>
       </c>
       <c r="B223">
         <v>5644</v>
       </c>
       <c r="C223" t="s">
         <v>458</v>
       </c>
       <c r="D223">
         <v>127</v>
       </c>
       <c r="E223" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>327</v>
       </c>
       <c r="B224">
         <v>5645</v>
       </c>
       <c r="C224" t="s">
         <v>460</v>
       </c>
       <c r="D224">
         <v>54</v>
       </c>
       <c r="E224" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>327</v>
       </c>
       <c r="B225">
         <v>4489</v>
       </c>
       <c r="C225" t="s">
         <v>462</v>
       </c>
       <c r="D225">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="E225" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>327</v>
       </c>
       <c r="B226">
         <v>4495</v>
       </c>
       <c r="C226" t="s">
         <v>464</v>
       </c>
       <c r="D226">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E226" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>327</v>
       </c>
       <c r="B227">
         <v>6400</v>
       </c>
       <c r="C227" t="s">
         <v>466</v>
       </c>
       <c r="D227">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="E227" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>327</v>
       </c>
       <c r="B228">
         <v>4504</v>
       </c>
       <c r="C228" t="s">
         <v>468</v>
       </c>
       <c r="D228">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="E228" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>327</v>
       </c>
       <c r="B229">
         <v>4508</v>
       </c>
       <c r="C229" t="s">
         <v>470</v>
       </c>
       <c r="D229">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="E229" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>327</v>
       </c>
       <c r="B230">
         <v>4490</v>
       </c>
       <c r="C230" t="s">
         <v>472</v>
       </c>
       <c r="D230">
         <v>39</v>
       </c>
       <c r="E230" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>327</v>
@@ -11420,153 +11420,153 @@
       </c>
       <c r="B237">
         <v>5593</v>
       </c>
       <c r="C237" t="s">
         <v>487</v>
       </c>
       <c r="D237">
         <v>0</v>
       </c>
       <c r="E237" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>484</v>
       </c>
       <c r="B238">
         <v>5594</v>
       </c>
       <c r="C238" t="s">
         <v>489</v>
       </c>
       <c r="D238">
-        <v>1192</v>
+        <v>1215</v>
       </c>
       <c r="E238" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>484</v>
       </c>
       <c r="B239">
         <v>4560</v>
       </c>
       <c r="C239" t="s">
         <v>491</v>
       </c>
       <c r="D239">
         <v>0</v>
       </c>
       <c r="E239" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
         <v>484</v>
       </c>
       <c r="B240">
         <v>5595</v>
       </c>
       <c r="C240" t="s">
         <v>493</v>
       </c>
       <c r="D240">
         <v>1064</v>
       </c>
       <c r="E240" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
         <v>484</v>
       </c>
       <c r="B241">
         <v>5596</v>
       </c>
       <c r="C241" t="s">
         <v>495</v>
       </c>
       <c r="D241">
-        <v>4304</v>
+        <v>4387</v>
       </c>
       <c r="E241" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" t="s">
         <v>497</v>
       </c>
       <c r="B242">
         <v>4561</v>
       </c>
       <c r="C242" t="s">
         <v>498</v>
       </c>
       <c r="D242">
         <v>0</v>
       </c>
       <c r="E242" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" t="s">
         <v>497</v>
       </c>
       <c r="B243">
         <v>4562</v>
       </c>
       <c r="C243" t="s">
         <v>500</v>
       </c>
       <c r="D243">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E243" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" t="s">
         <v>497</v>
       </c>
       <c r="B244">
         <v>4563</v>
       </c>
       <c r="C244" t="s">
         <v>502</v>
       </c>
       <c r="D244">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E244" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
         <v>497</v>
       </c>
       <c r="B245">
         <v>4564</v>
       </c>
       <c r="C245" t="s">
         <v>504</v>
       </c>
       <c r="D245">
         <v>46</v>
       </c>
       <c r="E245" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
         <v>497</v>
@@ -11590,68 +11590,68 @@
       </c>
       <c r="B247">
         <v>4566</v>
       </c>
       <c r="C247" t="s">
         <v>508</v>
       </c>
       <c r="D247">
         <v>40</v>
       </c>
       <c r="E247" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
         <v>497</v>
       </c>
       <c r="B248">
         <v>4567</v>
       </c>
       <c r="C248" t="s">
         <v>510</v>
       </c>
       <c r="D248">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E248" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
         <v>497</v>
       </c>
       <c r="B249">
         <v>4568</v>
       </c>
       <c r="C249" t="s">
         <v>512</v>
       </c>
       <c r="D249">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E249" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" t="s">
         <v>497</v>
       </c>
       <c r="B250">
         <v>4569</v>
       </c>
       <c r="C250" t="s">
         <v>514</v>
       </c>
       <c r="D250">
         <v>99</v>
       </c>
       <c r="E250" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
         <v>497</v>
@@ -11675,136 +11675,136 @@
       </c>
       <c r="B252">
         <v>4571</v>
       </c>
       <c r="C252" t="s">
         <v>518</v>
       </c>
       <c r="D252">
         <v>229</v>
       </c>
       <c r="E252" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
         <v>5</v>
       </c>
       <c r="B253">
         <v>4574</v>
       </c>
       <c r="C253" t="s">
         <v>520</v>
       </c>
       <c r="D253">
-        <v>9151</v>
+        <v>9326</v>
       </c>
       <c r="E253" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
         <v>5</v>
       </c>
       <c r="B254">
         <v>4575</v>
       </c>
       <c r="C254" t="s">
         <v>522</v>
       </c>
       <c r="D254">
-        <v>15353</v>
+        <v>15649</v>
       </c>
       <c r="E254" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
         <v>5</v>
       </c>
       <c r="B255">
         <v>5132</v>
       </c>
       <c r="C255" t="s">
         <v>524</v>
       </c>
       <c r="D255">
-        <v>18133</v>
+        <v>18481</v>
       </c>
       <c r="E255" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
         <v>5</v>
       </c>
       <c r="B256">
         <v>5133</v>
       </c>
       <c r="C256" t="s">
         <v>526</v>
       </c>
       <c r="D256">
-        <v>20173</v>
+        <v>20561</v>
       </c>
       <c r="E256" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
         <v>5</v>
       </c>
       <c r="B257">
         <v>4576</v>
       </c>
       <c r="C257" t="s">
         <v>528</v>
       </c>
       <c r="D257">
-        <v>17240</v>
+        <v>17571</v>
       </c>
       <c r="E257" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
         <v>5</v>
       </c>
       <c r="B258">
         <v>4577</v>
       </c>
       <c r="C258" t="s">
         <v>530</v>
       </c>
       <c r="D258">
-        <v>18860</v>
+        <v>19223</v>
       </c>
       <c r="E258" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
         <v>5</v>
       </c>
       <c r="B259">
         <v>4572</v>
       </c>
       <c r="C259" t="s">
         <v>532</v>
       </c>
       <c r="D259">
         <v>104597</v>
       </c>
       <c r="E259" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" t="s">
         <v>5</v>
@@ -12032,170 +12032,170 @@
       </c>
       <c r="B273">
         <v>4596</v>
       </c>
       <c r="C273" t="s">
         <v>564</v>
       </c>
       <c r="D273">
         <v>22</v>
       </c>
       <c r="E273" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" t="s">
         <v>561</v>
       </c>
       <c r="B274">
         <v>4608</v>
       </c>
       <c r="C274" t="s">
         <v>566</v>
       </c>
       <c r="D274">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E274" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" t="s">
         <v>561</v>
       </c>
       <c r="B275">
         <v>4616</v>
       </c>
       <c r="C275" t="s">
         <v>568</v>
       </c>
       <c r="D275">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E275" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" t="s">
         <v>561</v>
       </c>
       <c r="B276">
         <v>4621</v>
       </c>
       <c r="C276" t="s">
         <v>570</v>
       </c>
       <c r="D276">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E276" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" t="s">
         <v>561</v>
       </c>
       <c r="B277">
         <v>4627</v>
       </c>
       <c r="C277" t="s">
         <v>572</v>
       </c>
       <c r="D277">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E277" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" t="s">
         <v>561</v>
       </c>
       <c r="B278">
         <v>4632</v>
       </c>
       <c r="C278" t="s">
         <v>574</v>
       </c>
       <c r="D278">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="E278" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" t="s">
         <v>561</v>
       </c>
       <c r="B279">
         <v>4637</v>
       </c>
       <c r="C279" t="s">
         <v>576</v>
       </c>
       <c r="D279">
-        <v>797</v>
+        <v>812</v>
       </c>
       <c r="E279" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" t="s">
         <v>561</v>
       </c>
       <c r="B280">
         <v>4580</v>
       </c>
       <c r="C280" t="s">
         <v>578</v>
       </c>
       <c r="D280">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="E280" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" t="s">
         <v>561</v>
       </c>
       <c r="B281">
         <v>4594</v>
       </c>
       <c r="C281" t="s">
         <v>580</v>
       </c>
       <c r="D281">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E281" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" t="s">
         <v>561</v>
       </c>
       <c r="B282">
         <v>4595</v>
       </c>
       <c r="C282" t="s">
         <v>582</v>
       </c>
       <c r="D282">
         <v>23</v>
       </c>
       <c r="E282" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" t="s">
         <v>561</v>
@@ -12236,731 +12236,731 @@
       </c>
       <c r="B285">
         <v>4604</v>
       </c>
       <c r="C285" t="s">
         <v>588</v>
       </c>
       <c r="D285">
         <v>0</v>
       </c>
       <c r="E285" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" t="s">
         <v>561</v>
       </c>
       <c r="B286">
         <v>4605</v>
       </c>
       <c r="C286" t="s">
         <v>590</v>
       </c>
       <c r="D286">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E286" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" t="s">
         <v>561</v>
       </c>
       <c r="B287">
         <v>4613</v>
       </c>
       <c r="C287" t="s">
         <v>592</v>
       </c>
       <c r="D287">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E287" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>561</v>
       </c>
       <c r="B288">
         <v>4614</v>
       </c>
       <c r="C288" t="s">
         <v>594</v>
       </c>
       <c r="D288">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E288" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>561</v>
       </c>
       <c r="B289">
         <v>4615</v>
       </c>
       <c r="C289" t="s">
         <v>596</v>
       </c>
       <c r="D289">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E289" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>561</v>
       </c>
       <c r="B290">
         <v>4617</v>
       </c>
       <c r="C290" t="s">
         <v>598</v>
       </c>
       <c r="D290">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E290" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>561</v>
       </c>
       <c r="B291">
         <v>4618</v>
       </c>
       <c r="C291" t="s">
         <v>600</v>
       </c>
       <c r="D291">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E291" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>561</v>
       </c>
       <c r="B292">
         <v>4619</v>
       </c>
       <c r="C292" t="s">
         <v>602</v>
       </c>
       <c r="D292">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E292" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
         <v>561</v>
       </c>
       <c r="B293">
         <v>4620</v>
       </c>
       <c r="C293" t="s">
         <v>604</v>
       </c>
       <c r="D293">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E293" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
         <v>561</v>
       </c>
       <c r="B294">
         <v>4622</v>
       </c>
       <c r="C294" t="s">
         <v>606</v>
       </c>
       <c r="D294">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E294" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
         <v>561</v>
       </c>
       <c r="B295">
         <v>4623</v>
       </c>
       <c r="C295" t="s">
         <v>608</v>
       </c>
       <c r="D295">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E295" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>561</v>
       </c>
       <c r="B296">
         <v>4624</v>
       </c>
       <c r="C296" t="s">
         <v>610</v>
       </c>
       <c r="D296">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="E296" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>561</v>
       </c>
       <c r="B297">
         <v>4625</v>
       </c>
       <c r="C297" t="s">
         <v>612</v>
       </c>
       <c r="D297">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="E297" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
         <v>561</v>
       </c>
       <c r="B298">
         <v>4626</v>
       </c>
       <c r="C298" t="s">
         <v>614</v>
       </c>
       <c r="D298">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="E298" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
         <v>561</v>
       </c>
       <c r="B299">
         <v>6466</v>
       </c>
       <c r="C299" t="s">
         <v>616</v>
       </c>
       <c r="D299">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="E299" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>561</v>
       </c>
       <c r="B300">
         <v>4628</v>
       </c>
       <c r="C300" t="s">
         <v>618</v>
       </c>
       <c r="D300">
-        <v>488</v>
+        <v>498</v>
       </c>
       <c r="E300" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>561</v>
       </c>
       <c r="B301">
         <v>4629</v>
       </c>
       <c r="C301" t="s">
         <v>620</v>
       </c>
       <c r="D301">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="E301" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>561</v>
       </c>
       <c r="B302">
         <v>4630</v>
       </c>
       <c r="C302" t="s">
         <v>622</v>
       </c>
       <c r="D302">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="E302" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>561</v>
       </c>
       <c r="B303">
         <v>4631</v>
       </c>
       <c r="C303" t="s">
         <v>624</v>
       </c>
       <c r="D303">
-        <v>553</v>
+        <v>564</v>
       </c>
       <c r="E303" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>561</v>
       </c>
       <c r="B304">
         <v>5788</v>
       </c>
       <c r="C304" t="s">
         <v>626</v>
       </c>
       <c r="D304">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="E304" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>561</v>
       </c>
       <c r="B305">
         <v>4633</v>
       </c>
       <c r="C305" t="s">
         <v>628</v>
       </c>
       <c r="D305">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="E305" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>561</v>
       </c>
       <c r="B306">
         <v>4634</v>
       </c>
       <c r="C306" t="s">
         <v>630</v>
       </c>
       <c r="D306">
         <v>904</v>
       </c>
       <c r="E306" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" t="s">
         <v>561</v>
       </c>
       <c r="B307">
         <v>4635</v>
       </c>
       <c r="C307" t="s">
         <v>632</v>
       </c>
       <c r="D307">
-        <v>1173</v>
+        <v>1196</v>
       </c>
       <c r="E307" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" t="s">
         <v>561</v>
       </c>
       <c r="B308">
         <v>4636</v>
       </c>
       <c r="C308" t="s">
         <v>634</v>
       </c>
       <c r="D308">
-        <v>782</v>
+        <v>797</v>
       </c>
       <c r="E308" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" t="s">
         <v>561</v>
       </c>
       <c r="B309">
         <v>4581</v>
       </c>
       <c r="C309" t="s">
         <v>636</v>
       </c>
       <c r="D309">
-        <v>1789</v>
+        <v>1823</v>
       </c>
       <c r="E309" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
         <v>561</v>
       </c>
       <c r="B310">
         <v>4582</v>
       </c>
       <c r="C310" t="s">
         <v>638</v>
       </c>
       <c r="D310">
         <v>1715</v>
       </c>
       <c r="E310" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
         <v>561</v>
       </c>
       <c r="B311">
         <v>4583</v>
       </c>
       <c r="C311" t="s">
         <v>640</v>
       </c>
       <c r="D311">
-        <v>2068</v>
+        <v>2108</v>
       </c>
       <c r="E311" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
         <v>561</v>
       </c>
       <c r="B312">
         <v>4584</v>
       </c>
       <c r="C312" t="s">
         <v>642</v>
       </c>
       <c r="D312">
         <v>720</v>
       </c>
       <c r="E312" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
         <v>561</v>
       </c>
       <c r="B313">
         <v>4585</v>
       </c>
       <c r="C313" t="s">
         <v>644</v>
       </c>
       <c r="D313">
-        <v>747</v>
+        <v>762</v>
       </c>
       <c r="E313" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>561</v>
       </c>
       <c r="B314">
         <v>4586</v>
       </c>
       <c r="C314" t="s">
         <v>646</v>
       </c>
       <c r="D314">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E314" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
         <v>561</v>
       </c>
       <c r="B315">
         <v>4588</v>
       </c>
       <c r="C315" t="s">
         <v>648</v>
       </c>
       <c r="D315">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="E315" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
         <v>561</v>
       </c>
       <c r="B316">
         <v>12302</v>
       </c>
       <c r="C316" t="s">
         <v>650</v>
       </c>
       <c r="D316">
         <v>0</v>
       </c>
       <c r="E316" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
         <v>561</v>
       </c>
       <c r="B317">
         <v>4592</v>
       </c>
       <c r="C317" t="s">
         <v>652</v>
       </c>
       <c r="D317">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E317" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
         <v>561</v>
       </c>
       <c r="B318">
         <v>4593</v>
       </c>
       <c r="C318" t="s">
         <v>654</v>
       </c>
       <c r="D318">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="E318" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
         <v>561</v>
       </c>
       <c r="B319">
         <v>4597</v>
       </c>
       <c r="C319" t="s">
         <v>656</v>
       </c>
       <c r="D319">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="E319" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
         <v>561</v>
       </c>
       <c r="B320">
         <v>4599</v>
       </c>
       <c r="C320" t="s">
         <v>658</v>
       </c>
       <c r="D320">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E320" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
         <v>561</v>
       </c>
       <c r="B321">
         <v>4825</v>
       </c>
       <c r="C321" t="s">
         <v>660</v>
       </c>
       <c r="D321">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E321" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
         <v>561</v>
       </c>
       <c r="B322">
         <v>4826</v>
       </c>
       <c r="C322" t="s">
         <v>662</v>
       </c>
       <c r="D322">
         <v>0</v>
       </c>
       <c r="E322" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
         <v>561</v>
       </c>
       <c r="B323">
         <v>4606</v>
       </c>
       <c r="C323" t="s">
         <v>664</v>
       </c>
       <c r="D323">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E323" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>561</v>
       </c>
       <c r="B324">
         <v>4607</v>
       </c>
       <c r="C324" t="s">
         <v>666</v>
       </c>
       <c r="D324">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E324" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
         <v>561</v>
       </c>
       <c r="B325">
         <v>4600</v>
       </c>
       <c r="C325" t="s">
         <v>668</v>
       </c>
       <c r="D325">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="E325" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
         <v>561</v>
       </c>
       <c r="B326">
         <v>4601</v>
       </c>
       <c r="C326" t="s">
         <v>670</v>
       </c>
       <c r="D326">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="E326" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
         <v>561</v>
       </c>
       <c r="B327">
         <v>4611</v>
       </c>
       <c r="C327" t="s">
         <v>672</v>
       </c>
       <c r="D327">
         <v>0</v>
       </c>
       <c r="E327" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>561</v>
@@ -13307,170 +13307,170 @@
       </c>
       <c r="B348">
         <v>7860</v>
       </c>
       <c r="C348" t="s">
         <v>717</v>
       </c>
       <c r="D348">
         <v>0</v>
       </c>
       <c r="E348" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" t="s">
         <v>714</v>
       </c>
       <c r="B349">
         <v>4646</v>
       </c>
       <c r="C349" t="s">
         <v>719</v>
       </c>
       <c r="D349">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E349" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" t="s">
         <v>714</v>
       </c>
       <c r="B350">
         <v>4648</v>
       </c>
       <c r="C350" t="s">
         <v>721</v>
       </c>
       <c r="D350">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E350" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" t="s">
         <v>714</v>
       </c>
       <c r="B351">
         <v>4650</v>
       </c>
       <c r="C351" t="s">
         <v>723</v>
       </c>
       <c r="D351">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="E351" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" t="s">
         <v>714</v>
       </c>
       <c r="B352">
         <v>4652</v>
       </c>
       <c r="C352" t="s">
         <v>725</v>
       </c>
       <c r="D352">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="E352" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" t="s">
         <v>714</v>
       </c>
       <c r="B353">
         <v>4654</v>
       </c>
       <c r="C353" t="s">
         <v>727</v>
       </c>
       <c r="D353">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="E353" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" t="s">
         <v>714</v>
       </c>
       <c r="B354">
         <v>4655</v>
       </c>
       <c r="C354" t="s">
         <v>729</v>
       </c>
       <c r="D354">
-        <v>775</v>
+        <v>790</v>
       </c>
       <c r="E354" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" t="s">
         <v>714</v>
       </c>
       <c r="B355">
         <v>4658</v>
       </c>
       <c r="C355" t="s">
         <v>731</v>
       </c>
       <c r="D355">
-        <v>1268</v>
+        <v>1293</v>
       </c>
       <c r="E355" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
         <v>714</v>
       </c>
       <c r="B356">
         <v>4659</v>
       </c>
       <c r="C356" t="s">
         <v>733</v>
       </c>
       <c r="D356">
-        <v>1411</v>
+        <v>1438</v>
       </c>
       <c r="E356" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" t="s">
         <v>735</v>
       </c>
       <c r="B357">
         <v>7935</v>
       </c>
       <c r="C357" t="s">
         <v>736</v>
       </c>
       <c r="D357">
         <v>56</v>
       </c>
       <c r="E357" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" t="s">
         <v>735</v>
@@ -13511,578 +13511,578 @@
       </c>
       <c r="B360">
         <v>7670</v>
       </c>
       <c r="C360" t="s">
         <v>742</v>
       </c>
       <c r="D360">
         <v>107</v>
       </c>
       <c r="E360" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" t="s">
         <v>714</v>
       </c>
       <c r="B361">
         <v>4643</v>
       </c>
       <c r="C361" t="s">
         <v>744</v>
       </c>
       <c r="D361">
-        <v>2125</v>
+        <v>2166</v>
       </c>
       <c r="E361" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
         <v>699</v>
       </c>
       <c r="B362">
         <v>4938</v>
       </c>
       <c r="C362" t="s">
         <v>746</v>
       </c>
       <c r="D362">
-        <v>1757</v>
+        <v>1791</v>
       </c>
       <c r="E362" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
         <v>699</v>
       </c>
       <c r="B363">
         <v>4645</v>
       </c>
       <c r="C363" t="s">
         <v>748</v>
       </c>
       <c r="D363">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E363" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
         <v>699</v>
       </c>
       <c r="B364">
         <v>4647</v>
       </c>
       <c r="C364" t="s">
         <v>750</v>
       </c>
       <c r="D364">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E364" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
         <v>699</v>
       </c>
       <c r="B365">
         <v>4649</v>
       </c>
       <c r="C365" t="s">
         <v>752</v>
       </c>
       <c r="D365">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="E365" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
         <v>699</v>
       </c>
       <c r="B366">
         <v>4651</v>
       </c>
       <c r="C366" t="s">
         <v>754</v>
       </c>
       <c r="D366">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="E366" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
         <v>699</v>
       </c>
       <c r="B367">
         <v>4653</v>
       </c>
       <c r="C367" t="s">
         <v>756</v>
       </c>
       <c r="D367">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="E367" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
         <v>699</v>
       </c>
       <c r="B368">
         <v>4656</v>
       </c>
       <c r="C368" t="s">
         <v>758</v>
       </c>
       <c r="D368">
-        <v>629</v>
+        <v>641</v>
       </c>
       <c r="E368" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" t="s">
         <v>699</v>
       </c>
       <c r="B369">
         <v>4657</v>
       </c>
       <c r="C369" t="s">
         <v>760</v>
       </c>
       <c r="D369">
-        <v>813</v>
+        <v>829</v>
       </c>
       <c r="E369" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" t="s">
         <v>699</v>
       </c>
       <c r="B370">
         <v>4937</v>
       </c>
       <c r="C370" t="s">
         <v>762</v>
       </c>
       <c r="D370">
-        <v>1303</v>
+        <v>1328</v>
       </c>
       <c r="E370" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" t="s">
         <v>735</v>
       </c>
       <c r="B371">
         <v>4660</v>
       </c>
       <c r="C371" t="s">
         <v>764</v>
       </c>
       <c r="D371">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E371" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" t="s">
         <v>735</v>
       </c>
       <c r="B372">
         <v>4661</v>
       </c>
       <c r="C372" t="s">
         <v>766</v>
       </c>
       <c r="D372">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E372" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" t="s">
         <v>735</v>
       </c>
       <c r="B373">
         <v>4662</v>
       </c>
       <c r="C373" t="s">
         <v>768</v>
       </c>
       <c r="D373">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="E373" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>735</v>
       </c>
       <c r="B374">
         <v>4663</v>
       </c>
       <c r="C374" t="s">
         <v>770</v>
       </c>
       <c r="D374">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="E374" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>735</v>
       </c>
       <c r="B375">
         <v>4664</v>
       </c>
       <c r="C375" t="s">
         <v>772</v>
       </c>
       <c r="D375">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="E375" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>735</v>
       </c>
       <c r="B376">
         <v>4665</v>
       </c>
       <c r="C376" t="s">
         <v>774</v>
       </c>
       <c r="D376">
-        <v>954</v>
+        <v>972</v>
       </c>
       <c r="E376" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>735</v>
       </c>
       <c r="B377">
         <v>5597</v>
       </c>
       <c r="C377" t="s">
         <v>776</v>
       </c>
       <c r="D377">
-        <v>1359</v>
+        <v>1386</v>
       </c>
       <c r="E377" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>735</v>
       </c>
       <c r="B378">
         <v>5598</v>
       </c>
       <c r="C378" t="s">
         <v>778</v>
       </c>
       <c r="D378">
-        <v>2012</v>
+        <v>2051</v>
       </c>
       <c r="E378" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" t="s">
         <v>735</v>
       </c>
       <c r="B379">
         <v>5599</v>
       </c>
       <c r="C379" t="s">
         <v>780</v>
       </c>
       <c r="D379">
-        <v>2754</v>
+        <v>2807</v>
       </c>
       <c r="E379" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" t="s">
         <v>735</v>
       </c>
       <c r="B380">
         <v>6607</v>
       </c>
       <c r="C380" t="s">
         <v>782</v>
       </c>
       <c r="D380">
-        <v>1577</v>
+        <v>1608</v>
       </c>
       <c r="E380" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" t="s">
         <v>735</v>
       </c>
       <c r="B381">
         <v>4667</v>
       </c>
       <c r="C381" t="s">
         <v>784</v>
       </c>
       <c r="D381">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E381" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" t="s">
         <v>735</v>
       </c>
       <c r="B382">
         <v>4668</v>
       </c>
       <c r="C382" t="s">
         <v>786</v>
       </c>
       <c r="D382">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E382" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" t="s">
         <v>735</v>
       </c>
       <c r="B383">
         <v>4669</v>
       </c>
       <c r="C383" t="s">
         <v>788</v>
       </c>
       <c r="D383">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="E383" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" t="s">
         <v>735</v>
       </c>
       <c r="B384">
         <v>4670</v>
       </c>
       <c r="C384" t="s">
         <v>790</v>
       </c>
       <c r="D384">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="E384" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" t="s">
         <v>735</v>
       </c>
       <c r="B385">
         <v>4671</v>
       </c>
       <c r="C385" t="s">
         <v>792</v>
       </c>
       <c r="D385">
-        <v>671</v>
+        <v>684</v>
       </c>
       <c r="E385" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" t="s">
         <v>735</v>
       </c>
       <c r="B386">
         <v>4672</v>
       </c>
       <c r="C386" t="s">
         <v>794</v>
       </c>
       <c r="D386">
-        <v>989</v>
+        <v>1008</v>
       </c>
       <c r="E386" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" t="s">
         <v>735</v>
       </c>
       <c r="B387">
         <v>4673</v>
       </c>
       <c r="C387" t="s">
         <v>796</v>
       </c>
       <c r="D387">
         <v>0</v>
       </c>
       <c r="E387" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" t="s">
         <v>735</v>
       </c>
       <c r="B388">
         <v>6082</v>
       </c>
       <c r="C388" t="s">
         <v>798</v>
       </c>
       <c r="D388">
-        <v>2080</v>
+        <v>2120</v>
       </c>
       <c r="E388" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" t="s">
         <v>735</v>
       </c>
       <c r="B389">
         <v>6083</v>
       </c>
       <c r="C389" t="s">
         <v>800</v>
       </c>
       <c r="D389">
-        <v>2766</v>
+        <v>2819</v>
       </c>
       <c r="E389" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" t="s">
         <v>802</v>
       </c>
       <c r="B390">
         <v>4666</v>
       </c>
       <c r="C390" t="s">
         <v>803</v>
       </c>
       <c r="D390">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E390" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" t="s">
         <v>484</v>
       </c>
       <c r="B391">
         <v>5790</v>
       </c>
       <c r="C391" t="s">
         <v>805</v>
       </c>
       <c r="D391">
         <v>5674</v>
       </c>
       <c r="E391" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" t="s">
         <v>807</v>
       </c>
       <c r="B392">
         <v>4676</v>
       </c>
       <c r="C392" t="s">
         <v>808</v>
       </c>
       <c r="D392">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E392" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" t="s">
         <v>807</v>
       </c>
       <c r="B393">
         <v>4678</v>
       </c>
       <c r="C393" t="s">
         <v>810</v>
       </c>
       <c r="D393">
         <v>20</v>
       </c>
       <c r="E393" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
         <v>807</v>
@@ -14123,544 +14123,544 @@
       </c>
       <c r="B396">
         <v>4707</v>
       </c>
       <c r="C396" t="s">
         <v>816</v>
       </c>
       <c r="D396">
         <v>21</v>
       </c>
       <c r="E396" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" t="s">
         <v>807</v>
       </c>
       <c r="B397">
         <v>5055</v>
       </c>
       <c r="C397" t="s">
         <v>818</v>
       </c>
       <c r="D397">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E397" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" t="s">
         <v>807</v>
       </c>
       <c r="B398">
         <v>4675</v>
       </c>
       <c r="C398" t="s">
         <v>820</v>
       </c>
       <c r="D398">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E398" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" t="s">
         <v>807</v>
       </c>
       <c r="B399">
         <v>4677</v>
       </c>
       <c r="C399" t="s">
         <v>822</v>
       </c>
       <c r="D399">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E399" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" t="s">
         <v>807</v>
       </c>
       <c r="B400">
         <v>4679</v>
       </c>
       <c r="C400" t="s">
         <v>824</v>
       </c>
       <c r="D400">
         <v>34</v>
       </c>
       <c r="E400" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" t="s">
         <v>807</v>
       </c>
       <c r="B401">
         <v>4680</v>
       </c>
       <c r="C401" t="s">
         <v>826</v>
       </c>
       <c r="D401">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E401" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" t="s">
         <v>807</v>
       </c>
       <c r="B402">
         <v>4681</v>
       </c>
       <c r="C402" t="s">
         <v>828</v>
       </c>
       <c r="D402">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E402" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" t="s">
         <v>807</v>
       </c>
       <c r="B403">
         <v>4682</v>
       </c>
       <c r="C403" t="s">
         <v>830</v>
       </c>
       <c r="D403">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="E403" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" t="s">
         <v>807</v>
       </c>
       <c r="B404">
         <v>5130</v>
       </c>
       <c r="C404" t="s">
         <v>832</v>
       </c>
       <c r="D404">
-        <v>415</v>
+        <v>423</v>
       </c>
       <c r="E404" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" t="s">
         <v>807</v>
       </c>
       <c r="B405">
         <v>4683</v>
       </c>
       <c r="C405" t="s">
         <v>834</v>
       </c>
       <c r="D405">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="E405" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" t="s">
         <v>807</v>
       </c>
       <c r="B406">
         <v>4674</v>
       </c>
       <c r="C406" t="s">
         <v>836</v>
       </c>
       <c r="D406">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="E406" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" t="s">
         <v>807</v>
       </c>
       <c r="B407">
         <v>8882</v>
       </c>
       <c r="C407" t="s">
         <v>838</v>
       </c>
       <c r="D407">
         <v>0</v>
       </c>
       <c r="E407" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" t="s">
         <v>807</v>
       </c>
       <c r="B408">
         <v>4689</v>
       </c>
       <c r="C408" t="s">
         <v>840</v>
       </c>
       <c r="D408">
         <v>13</v>
       </c>
       <c r="E408" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" t="s">
         <v>807</v>
       </c>
       <c r="B409">
         <v>4701</v>
       </c>
       <c r="C409" t="s">
         <v>842</v>
       </c>
       <c r="D409">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E409" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" t="s">
         <v>807</v>
       </c>
       <c r="B410">
         <v>4714</v>
       </c>
       <c r="C410" t="s">
         <v>844</v>
       </c>
       <c r="D410">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E410" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" t="s">
         <v>807</v>
       </c>
       <c r="B411">
         <v>4719</v>
       </c>
       <c r="C411" t="s">
         <v>846</v>
       </c>
       <c r="D411">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E411" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" t="s">
         <v>807</v>
       </c>
       <c r="B412">
         <v>4720</v>
       </c>
       <c r="C412" t="s">
         <v>848</v>
       </c>
       <c r="D412">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E412" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" t="s">
         <v>807</v>
       </c>
       <c r="B413">
         <v>4721</v>
       </c>
       <c r="C413" t="s">
         <v>850</v>
       </c>
       <c r="D413">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="E413" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" t="s">
         <v>807</v>
       </c>
       <c r="B414">
         <v>4722</v>
       </c>
       <c r="C414" t="s">
         <v>852</v>
       </c>
       <c r="D414">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="E414" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" t="s">
         <v>807</v>
       </c>
       <c r="B415">
         <v>4723</v>
       </c>
       <c r="C415" t="s">
         <v>854</v>
       </c>
       <c r="D415">
-        <v>757</v>
+        <v>771</v>
       </c>
       <c r="E415" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" t="s">
         <v>807</v>
       </c>
       <c r="B416">
         <v>4684</v>
       </c>
       <c r="C416" t="s">
         <v>856</v>
       </c>
       <c r="D416">
-        <v>956</v>
+        <v>974</v>
       </c>
       <c r="E416" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" t="s">
         <v>807</v>
       </c>
       <c r="B417">
         <v>4700</v>
       </c>
       <c r="C417" t="s">
         <v>858</v>
       </c>
       <c r="D417">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E417" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" t="s">
         <v>807</v>
       </c>
       <c r="B418">
         <v>4710</v>
       </c>
       <c r="C418" t="s">
         <v>860</v>
       </c>
       <c r="D418">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E418" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" t="s">
         <v>807</v>
       </c>
       <c r="B419">
         <v>4711</v>
       </c>
       <c r="C419" t="s">
         <v>862</v>
       </c>
       <c r="D419">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E419" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" t="s">
         <v>807</v>
       </c>
       <c r="B420">
         <v>4685</v>
       </c>
       <c r="C420" t="s">
         <v>864</v>
       </c>
       <c r="D420">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E420" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" t="s">
         <v>807</v>
       </c>
       <c r="B421">
         <v>4687</v>
       </c>
       <c r="C421" t="s">
         <v>866</v>
       </c>
       <c r="D421">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="E421" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" t="s">
         <v>807</v>
       </c>
       <c r="B422">
         <v>12303</v>
       </c>
       <c r="C422" t="s">
         <v>868</v>
       </c>
       <c r="D422">
         <v>91</v>
       </c>
       <c r="E422" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" t="s">
         <v>807</v>
       </c>
       <c r="B423">
         <v>4696</v>
       </c>
       <c r="C423" t="s">
         <v>870</v>
       </c>
       <c r="D423">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E423" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" t="s">
         <v>807</v>
       </c>
       <c r="B424">
         <v>4698</v>
       </c>
       <c r="C424" t="s">
         <v>872</v>
       </c>
       <c r="D424">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="E424" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" t="s">
         <v>807</v>
       </c>
       <c r="B425">
         <v>4702</v>
       </c>
       <c r="C425" t="s">
         <v>874</v>
       </c>
       <c r="D425">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E425" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" t="s">
         <v>807</v>
       </c>
       <c r="B426">
         <v>4705</v>
       </c>
       <c r="C426" t="s">
         <v>876</v>
       </c>
       <c r="D426">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="E426" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" t="s">
         <v>807</v>
       </c>
       <c r="B427">
         <v>4820</v>
       </c>
       <c r="C427" t="s">
         <v>878</v>
       </c>
       <c r="D427">
         <v>64</v>
       </c>
       <c r="E427" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" t="s">
         <v>807</v>
@@ -14701,255 +14701,255 @@
       </c>
       <c r="B430">
         <v>4713</v>
       </c>
       <c r="C430" t="s">
         <v>884</v>
       </c>
       <c r="D430">
         <v>108</v>
       </c>
       <c r="E430" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" t="s">
         <v>807</v>
       </c>
       <c r="B431">
         <v>6630</v>
       </c>
       <c r="C431" t="s">
         <v>886</v>
       </c>
       <c r="D431">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="E431" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" t="s">
         <v>807</v>
       </c>
       <c r="B432">
         <v>4708</v>
       </c>
       <c r="C432" t="s">
         <v>888</v>
       </c>
       <c r="D432">
         <v>0</v>
       </c>
       <c r="E432" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" t="s">
         <v>807</v>
       </c>
       <c r="B433">
         <v>6631</v>
       </c>
       <c r="C433" t="s">
         <v>890</v>
       </c>
       <c r="D433">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="E433" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" t="s">
         <v>807</v>
       </c>
       <c r="B434">
         <v>4709</v>
       </c>
       <c r="C434" t="s">
         <v>892</v>
       </c>
       <c r="D434">
         <v>157</v>
       </c>
       <c r="E434" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" t="s">
         <v>807</v>
       </c>
       <c r="B435">
         <v>4716</v>
       </c>
       <c r="C435" t="s">
         <v>894</v>
       </c>
       <c r="D435">
         <v>268</v>
       </c>
       <c r="E435" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" t="s">
         <v>536</v>
       </c>
       <c r="B436">
         <v>4799</v>
       </c>
       <c r="C436" t="s">
         <v>896</v>
       </c>
       <c r="D436">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="E436" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" t="s">
         <v>807</v>
       </c>
       <c r="B437">
         <v>4686</v>
       </c>
       <c r="C437" t="s">
         <v>898</v>
       </c>
       <c r="D437">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E437" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" t="s">
         <v>807</v>
       </c>
       <c r="B438">
         <v>4691</v>
       </c>
       <c r="C438" t="s">
         <v>900</v>
       </c>
       <c r="D438">
         <v>82</v>
       </c>
       <c r="E438" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" t="s">
         <v>807</v>
       </c>
       <c r="B439">
         <v>4697</v>
       </c>
       <c r="C439" t="s">
         <v>902</v>
       </c>
       <c r="D439">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="E439" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" t="s">
         <v>807</v>
       </c>
       <c r="B440">
         <v>4703</v>
       </c>
       <c r="C440" t="s">
         <v>904</v>
       </c>
       <c r="D440">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="E440" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" t="s">
         <v>807</v>
       </c>
       <c r="B441">
         <v>5778</v>
       </c>
       <c r="C441" t="s">
         <v>906</v>
       </c>
       <c r="D441">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="E441" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" t="s">
         <v>807</v>
       </c>
       <c r="B442">
         <v>5779</v>
       </c>
       <c r="C442" t="s">
         <v>908</v>
       </c>
       <c r="D442">
         <v>107</v>
       </c>
       <c r="E442" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" t="s">
         <v>807</v>
       </c>
       <c r="B443">
         <v>4688</v>
       </c>
       <c r="C443" t="s">
         <v>910</v>
       </c>
       <c r="D443">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E443" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>807</v>
       </c>
       <c r="B444">
         <v>4699</v>
       </c>
       <c r="C444" t="s">
         <v>912</v>
       </c>
       <c r="D444">
         <v>157</v>
       </c>
       <c r="E444" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" t="s">
         <v>807</v>
@@ -15024,51 +15024,51 @@
       </c>
       <c r="B449">
         <v>5782</v>
       </c>
       <c r="C449" t="s">
         <v>922</v>
       </c>
       <c r="D449">
         <v>223</v>
       </c>
       <c r="E449" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" t="s">
         <v>807</v>
       </c>
       <c r="B450">
         <v>5783</v>
       </c>
       <c r="C450" t="s">
         <v>924</v>
       </c>
       <c r="D450">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="E450" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" t="s">
         <v>807</v>
       </c>
       <c r="B451">
         <v>4704</v>
       </c>
       <c r="C451" t="s">
         <v>926</v>
       </c>
       <c r="D451">
         <v>73</v>
       </c>
       <c r="E451" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" t="s">
         <v>928</v>
@@ -15381,204 +15381,204 @@
       </c>
       <c r="B470">
         <v>8242</v>
       </c>
       <c r="C470" t="s">
         <v>966</v>
       </c>
       <c r="D470">
         <v>343</v>
       </c>
       <c r="E470" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>959</v>
       </c>
       <c r="B471">
         <v>4738</v>
       </c>
       <c r="C471" t="s">
         <v>968</v>
       </c>
       <c r="D471">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="E471" t="s">
         <v>969</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
         <v>959</v>
       </c>
       <c r="B472">
         <v>4739</v>
       </c>
       <c r="C472" t="s">
         <v>970</v>
       </c>
       <c r="D472">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="E472" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
         <v>959</v>
       </c>
       <c r="B473">
         <v>4740</v>
       </c>
       <c r="C473" t="s">
         <v>972</v>
       </c>
       <c r="D473">
-        <v>553</v>
+        <v>564</v>
       </c>
       <c r="E473" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
         <v>959</v>
       </c>
       <c r="B474">
         <v>4741</v>
       </c>
       <c r="C474" t="s">
         <v>974</v>
       </c>
       <c r="D474">
-        <v>897</v>
+        <v>915</v>
       </c>
       <c r="E474" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
         <v>959</v>
       </c>
       <c r="B475">
         <v>4742</v>
       </c>
       <c r="C475" t="s">
         <v>976</v>
       </c>
       <c r="D475">
-        <v>1496</v>
+        <v>1524</v>
       </c>
       <c r="E475" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
         <v>959</v>
       </c>
       <c r="B476">
         <v>4743</v>
       </c>
       <c r="C476" t="s">
         <v>978</v>
       </c>
       <c r="D476">
-        <v>2787</v>
+        <v>2841</v>
       </c>
       <c r="E476" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
         <v>959</v>
       </c>
       <c r="B477">
         <v>4954</v>
       </c>
       <c r="C477" t="s">
         <v>980</v>
       </c>
       <c r="D477">
-        <v>5067</v>
+        <v>5164</v>
       </c>
       <c r="E477" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>959</v>
       </c>
       <c r="B478">
         <v>4744</v>
       </c>
       <c r="C478" t="s">
         <v>982</v>
       </c>
       <c r="D478">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E478" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" t="s">
         <v>959</v>
       </c>
       <c r="B479">
         <v>4745</v>
       </c>
       <c r="C479" t="s">
         <v>984</v>
       </c>
       <c r="D479">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="E479" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" t="s">
         <v>959</v>
       </c>
       <c r="B480">
         <v>4746</v>
       </c>
       <c r="C480" t="s">
         <v>986</v>
       </c>
       <c r="D480">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="E480" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" t="s">
         <v>959</v>
       </c>
       <c r="B481">
         <v>5647</v>
       </c>
       <c r="C481" t="s">
         <v>988</v>
       </c>
       <c r="D481">
         <v>231</v>
       </c>
       <c r="E481" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" t="s">
         <v>959</v>
@@ -15653,68 +15653,68 @@
       </c>
       <c r="B486">
         <v>4767</v>
       </c>
       <c r="C486" t="s">
         <v>998</v>
       </c>
       <c r="D486">
         <v>145</v>
       </c>
       <c r="E486" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" t="s">
         <v>327</v>
       </c>
       <c r="B487">
         <v>14781</v>
       </c>
       <c r="C487" t="s">
         <v>1000</v>
       </c>
       <c r="D487">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="E487" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" t="s">
         <v>484</v>
       </c>
       <c r="B488">
         <v>14782</v>
       </c>
       <c r="C488" t="s">
         <v>1002</v>
       </c>
       <c r="D488">
-        <v>1948</v>
+        <v>1985</v>
       </c>
       <c r="E488" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" t="s">
         <v>279</v>
       </c>
       <c r="B489">
         <v>15676</v>
       </c>
       <c r="C489" t="s">
         <v>1004</v>
       </c>
       <c r="D489">
         <v>5</v>
       </c>
       <c r="E489" t="s">
         <v>1005</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" t="s">
         <v>1006</v>
@@ -15908,68 +15908,68 @@
       </c>
       <c r="B501">
         <v>4559</v>
       </c>
       <c r="C501" t="s">
         <v>1030</v>
       </c>
       <c r="D501">
         <v>104</v>
       </c>
       <c r="E501" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" t="s">
         <v>807</v>
       </c>
       <c r="B502">
         <v>5784</v>
       </c>
       <c r="C502" t="s">
         <v>1032</v>
       </c>
       <c r="D502">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E502" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" t="s">
         <v>807</v>
       </c>
       <c r="B503">
         <v>5785</v>
       </c>
       <c r="C503" t="s">
         <v>1034</v>
       </c>
       <c r="D503">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E503" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" t="s">
         <v>807</v>
       </c>
       <c r="B504">
         <v>5786</v>
       </c>
       <c r="C504" t="s">
         <v>1036</v>
       </c>
       <c r="D504">
         <v>66</v>
       </c>
       <c r="E504" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" t="s">
         <v>807</v>
@@ -16061,272 +16061,272 @@
       </c>
       <c r="B510">
         <v>4948</v>
       </c>
       <c r="C510" t="s">
         <v>1048</v>
       </c>
       <c r="D510">
         <v>0</v>
       </c>
       <c r="E510" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" t="s">
         <v>5</v>
       </c>
       <c r="B511">
         <v>28885</v>
       </c>
       <c r="C511" t="s">
         <v>1050</v>
       </c>
       <c r="D511">
-        <v>10065</v>
+        <v>10259</v>
       </c>
       <c r="E511" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" t="s">
         <v>807</v>
       </c>
       <c r="B512">
         <v>36066</v>
       </c>
       <c r="C512" t="s">
         <v>1052</v>
       </c>
       <c r="D512">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E512" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" t="s">
         <v>254</v>
       </c>
       <c r="B513">
         <v>16252</v>
       </c>
       <c r="C513" t="s">
         <v>1054</v>
       </c>
       <c r="D513">
         <v>677</v>
       </c>
       <c r="E513" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" t="s">
         <v>735</v>
       </c>
       <c r="B514">
         <v>36048</v>
       </c>
       <c r="C514" t="s">
         <v>1056</v>
       </c>
       <c r="D514">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="E514" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" t="s">
         <v>5</v>
       </c>
       <c r="B515">
         <v>36124</v>
       </c>
       <c r="C515" t="s">
         <v>1058</v>
       </c>
       <c r="D515">
         <v>16840</v>
       </c>
       <c r="E515" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" t="s">
         <v>807</v>
       </c>
       <c r="B516">
         <v>36078</v>
       </c>
       <c r="C516" t="s">
         <v>1060</v>
       </c>
       <c r="D516">
-        <v>102</v>
+        <v>128</v>
       </c>
       <c r="E516" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" t="s">
         <v>536</v>
       </c>
       <c r="B517">
         <v>36080</v>
       </c>
       <c r="C517" t="s">
         <v>1062</v>
       </c>
       <c r="D517">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E517" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" t="s">
         <v>807</v>
       </c>
       <c r="B518">
         <v>36064</v>
       </c>
       <c r="C518" t="s">
         <v>1064</v>
       </c>
       <c r="D518">
         <v>13</v>
       </c>
       <c r="E518" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" t="s">
         <v>714</v>
       </c>
       <c r="B519">
         <v>36042</v>
       </c>
       <c r="C519" t="s">
         <v>1066</v>
       </c>
       <c r="D519">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="E519" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" t="s">
         <v>5</v>
       </c>
       <c r="B520">
         <v>36125</v>
       </c>
       <c r="C520" t="s">
         <v>1068</v>
       </c>
       <c r="D520">
         <v>19318</v>
       </c>
       <c r="E520" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" t="s">
         <v>735</v>
       </c>
       <c r="B521">
         <v>36045</v>
       </c>
       <c r="C521" t="s">
         <v>1070</v>
       </c>
       <c r="D521">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="E521" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" t="s">
         <v>497</v>
       </c>
       <c r="B522">
         <v>36103</v>
       </c>
       <c r="C522" t="s">
         <v>1072</v>
       </c>
       <c r="D522">
         <v>32</v>
       </c>
       <c r="E522" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" t="s">
         <v>327</v>
       </c>
       <c r="B523">
         <v>36093</v>
       </c>
       <c r="C523" t="s">
         <v>1074</v>
       </c>
       <c r="D523">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E523" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" t="s">
         <v>807</v>
       </c>
       <c r="B524">
         <v>36073</v>
       </c>
       <c r="C524" t="s">
         <v>1076</v>
       </c>
       <c r="D524">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="E524" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" t="s">
         <v>807</v>
       </c>
       <c r="B525">
         <v>36069</v>
       </c>
       <c r="C525" t="s">
         <v>1078</v>
       </c>
       <c r="D525">
         <v>35</v>
       </c>
       <c r="E525" t="s">
         <v>1079</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" t="s">
         <v>279</v>
@@ -16350,68 +16350,68 @@
       </c>
       <c r="B527">
         <v>36111</v>
       </c>
       <c r="C527" t="s">
         <v>1082</v>
       </c>
       <c r="D527">
         <v>11</v>
       </c>
       <c r="E527" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" t="s">
         <v>327</v>
       </c>
       <c r="B528">
         <v>36090</v>
       </c>
       <c r="C528" t="s">
         <v>1084</v>
       </c>
       <c r="D528">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E528" t="s">
         <v>1085</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" t="s">
         <v>561</v>
       </c>
       <c r="B529">
         <v>36056</v>
       </c>
       <c r="C529" t="s">
         <v>1086</v>
       </c>
       <c r="D529">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="E529" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" t="s">
         <v>561</v>
       </c>
       <c r="B530">
         <v>36053</v>
       </c>
       <c r="C530" t="s">
         <v>1088</v>
       </c>
       <c r="D530">
         <v>23</v>
       </c>
       <c r="E530" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" t="s">
         <v>327</v>
@@ -16452,221 +16452,221 @@
       </c>
       <c r="B533">
         <v>36123</v>
       </c>
       <c r="C533" t="s">
         <v>1094</v>
       </c>
       <c r="D533">
         <v>281</v>
       </c>
       <c r="E533" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" t="s">
         <v>735</v>
       </c>
       <c r="B534">
         <v>36047</v>
       </c>
       <c r="C534" t="s">
         <v>1096</v>
       </c>
       <c r="D534">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E534" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" t="s">
         <v>959</v>
       </c>
       <c r="B535">
         <v>36120</v>
       </c>
       <c r="C535" t="s">
         <v>1098</v>
       </c>
       <c r="D535">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="E535" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" t="s">
         <v>327</v>
       </c>
       <c r="B536">
         <v>36099</v>
       </c>
       <c r="C536" t="s">
         <v>1100</v>
       </c>
       <c r="D536">
         <v>204</v>
       </c>
       <c r="E536" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" t="s">
         <v>959</v>
       </c>
       <c r="B537">
         <v>36118</v>
       </c>
       <c r="C537" t="s">
         <v>1102</v>
       </c>
       <c r="D537">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="E537" t="s">
         <v>1103</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" t="s">
         <v>807</v>
       </c>
       <c r="B538">
         <v>36067</v>
       </c>
       <c r="C538" t="s">
         <v>1104</v>
       </c>
       <c r="D538">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E538" t="s">
         <v>1105</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" t="s">
         <v>561</v>
       </c>
       <c r="B539">
         <v>36055</v>
       </c>
       <c r="C539" t="s">
         <v>1106</v>
       </c>
       <c r="D539">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E539" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" t="s">
         <v>807</v>
       </c>
       <c r="B540">
         <v>36065</v>
       </c>
       <c r="C540" t="s">
         <v>1108</v>
       </c>
       <c r="D540">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E540" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" t="s">
         <v>959</v>
       </c>
       <c r="B541">
         <v>36119</v>
       </c>
       <c r="C541" t="s">
         <v>1110</v>
       </c>
       <c r="D541">
-        <v>311</v>
+        <v>379</v>
       </c>
       <c r="E541" t="s">
         <v>1111</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" t="s">
         <v>107</v>
       </c>
       <c r="B542">
         <v>36106</v>
       </c>
       <c r="C542" t="s">
         <v>1112</v>
       </c>
       <c r="D542">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E542" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" t="s">
         <v>327</v>
       </c>
       <c r="B543">
         <v>36100</v>
       </c>
       <c r="C543" t="s">
         <v>1114</v>
       </c>
       <c r="D543">
-        <v>207</v>
+        <v>225</v>
       </c>
       <c r="E543" t="s">
         <v>1115</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" t="s">
         <v>107</v>
       </c>
       <c r="B544">
         <v>36107</v>
       </c>
       <c r="C544" t="s">
         <v>1116</v>
       </c>
       <c r="D544">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E544" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" t="s">
         <v>497</v>
       </c>
       <c r="B545">
         <v>36101</v>
       </c>
       <c r="C545" t="s">
         <v>1118</v>
       </c>
       <c r="D545">
         <v>49</v>
       </c>
       <c r="E545" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" t="s">
         <v>807</v>
@@ -16690,153 +16690,153 @@
       </c>
       <c r="B547">
         <v>36114</v>
       </c>
       <c r="C547" t="s">
         <v>1122</v>
       </c>
       <c r="D547">
         <v>740</v>
       </c>
       <c r="E547" t="s">
         <v>1123</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" t="s">
         <v>807</v>
       </c>
       <c r="B548">
         <v>36079</v>
       </c>
       <c r="C548" t="s">
         <v>1124</v>
       </c>
       <c r="D548">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E548" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" t="s">
         <v>714</v>
       </c>
       <c r="B549">
         <v>36040</v>
       </c>
       <c r="C549" t="s">
         <v>1126</v>
       </c>
       <c r="D549">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E549" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" t="s">
         <v>561</v>
       </c>
       <c r="B550">
         <v>36058</v>
       </c>
       <c r="C550" t="s">
         <v>1128</v>
       </c>
       <c r="D550">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E550" t="s">
         <v>1129</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" t="s">
         <v>807</v>
       </c>
       <c r="B551">
         <v>36075</v>
       </c>
       <c r="C551" t="s">
         <v>1130</v>
       </c>
       <c r="D551">
         <v>180</v>
       </c>
       <c r="E551" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" t="s">
         <v>807</v>
       </c>
       <c r="B552">
         <v>36068</v>
       </c>
       <c r="C552" t="s">
         <v>1132</v>
       </c>
       <c r="D552">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E552" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
         <v>561</v>
       </c>
       <c r="B553">
         <v>36059</v>
       </c>
       <c r="C553" t="s">
         <v>1134</v>
       </c>
       <c r="D553">
         <v>417</v>
       </c>
       <c r="E553" t="s">
         <v>1135</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" t="s">
         <v>327</v>
       </c>
       <c r="B554">
         <v>36098</v>
       </c>
       <c r="C554" t="s">
         <v>1136</v>
       </c>
       <c r="D554">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="E554" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" t="s">
         <v>497</v>
       </c>
       <c r="B555">
         <v>36102</v>
       </c>
       <c r="C555" t="s">
         <v>1138</v>
       </c>
       <c r="D555">
         <v>65</v>
       </c>
       <c r="E555" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" t="s">
         <v>327</v>
@@ -16860,731 +16860,731 @@
       </c>
       <c r="B557">
         <v>36054</v>
       </c>
       <c r="C557" t="s">
         <v>1142</v>
       </c>
       <c r="D557">
         <v>39</v>
       </c>
       <c r="E557" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" t="s">
         <v>11</v>
       </c>
       <c r="B558">
         <v>36115</v>
       </c>
       <c r="C558" t="s">
         <v>1144</v>
       </c>
       <c r="D558">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="E558" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" t="s">
         <v>561</v>
       </c>
       <c r="B559">
         <v>36061</v>
       </c>
       <c r="C559" t="s">
         <v>1146</v>
       </c>
       <c r="D559">
         <v>180</v>
       </c>
       <c r="E559" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" t="s">
         <v>327</v>
       </c>
       <c r="B560">
         <v>36089</v>
       </c>
       <c r="C560" t="s">
         <v>1148</v>
       </c>
       <c r="D560">
         <v>25</v>
       </c>
       <c r="E560" t="s">
         <v>1149</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" t="s">
         <v>11</v>
       </c>
       <c r="B561">
         <v>36116</v>
       </c>
       <c r="C561" t="s">
         <v>1150</v>
       </c>
       <c r="D561">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="E561" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" t="s">
         <v>735</v>
       </c>
       <c r="B562">
         <v>36049</v>
       </c>
       <c r="C562" t="s">
         <v>1152</v>
       </c>
       <c r="D562">
         <v>3588</v>
       </c>
       <c r="E562" t="s">
         <v>1153</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" t="s">
         <v>735</v>
       </c>
       <c r="B563">
         <v>36044</v>
       </c>
       <c r="C563" t="s">
         <v>1154</v>
       </c>
       <c r="D563">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="E563" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" t="s">
         <v>327</v>
       </c>
       <c r="B564">
         <v>36097</v>
       </c>
       <c r="C564" t="s">
         <v>1156</v>
       </c>
       <c r="D564">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="E564" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" t="s">
         <v>11</v>
       </c>
       <c r="B565">
         <v>36117</v>
       </c>
       <c r="C565" t="s">
         <v>1158</v>
       </c>
       <c r="D565">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="E565" t="s">
         <v>1159</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" t="s">
         <v>497</v>
       </c>
       <c r="B566">
         <v>36104</v>
       </c>
       <c r="C566" t="s">
         <v>1160</v>
       </c>
       <c r="D566">
         <v>57</v>
       </c>
       <c r="E566" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" t="s">
         <v>107</v>
       </c>
       <c r="B567">
         <v>36108</v>
       </c>
       <c r="C567" t="s">
         <v>1162</v>
       </c>
       <c r="D567">
         <v>16</v>
       </c>
       <c r="E567" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" t="s">
         <v>327</v>
       </c>
       <c r="B568">
         <v>36094</v>
       </c>
       <c r="C568" t="s">
         <v>1164</v>
       </c>
       <c r="D568">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E568" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" t="s">
         <v>327</v>
       </c>
       <c r="B569">
         <v>36086</v>
       </c>
       <c r="C569" t="s">
         <v>1166</v>
       </c>
       <c r="D569">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E569" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" t="s">
         <v>561</v>
       </c>
       <c r="B570">
         <v>36057</v>
       </c>
       <c r="C570" t="s">
         <v>1168</v>
       </c>
       <c r="D570">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E570" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" t="s">
         <v>327</v>
       </c>
       <c r="B571">
         <v>36092</v>
       </c>
       <c r="C571" t="s">
         <v>1170</v>
       </c>
       <c r="D571">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E571" t="s">
         <v>1171</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" t="s">
         <v>561</v>
       </c>
       <c r="B572">
         <v>36062</v>
       </c>
       <c r="C572" t="s">
         <v>1172</v>
       </c>
       <c r="D572">
         <v>245</v>
       </c>
       <c r="E572" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" t="s">
         <v>327</v>
       </c>
       <c r="B573">
         <v>36087</v>
       </c>
       <c r="C573" t="s">
         <v>1174</v>
       </c>
       <c r="D573">
         <v>13</v>
       </c>
       <c r="E573" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" t="s">
         <v>561</v>
       </c>
       <c r="B574">
         <v>36052</v>
       </c>
       <c r="C574" t="s">
         <v>1176</v>
       </c>
       <c r="D574">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E574" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" t="s">
         <v>11</v>
       </c>
       <c r="B575">
         <v>36113</v>
       </c>
       <c r="C575" t="s">
         <v>1178</v>
       </c>
       <c r="D575">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="E575" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" t="s">
         <v>279</v>
       </c>
       <c r="B576">
         <v>36109</v>
       </c>
       <c r="C576" t="s">
         <v>1180</v>
       </c>
       <c r="D576">
         <v>7</v>
       </c>
       <c r="E576" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" t="s">
         <v>714</v>
       </c>
       <c r="B577">
         <v>36041</v>
       </c>
       <c r="C577" t="s">
         <v>1182</v>
       </c>
       <c r="D577">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E577" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" t="s">
         <v>735</v>
       </c>
       <c r="B578">
         <v>36043</v>
       </c>
       <c r="C578" t="s">
         <v>1184</v>
       </c>
       <c r="D578">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E578" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" t="s">
         <v>327</v>
       </c>
       <c r="B579">
         <v>36096</v>
       </c>
       <c r="C579" t="s">
         <v>1186</v>
       </c>
       <c r="D579">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E579" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" t="s">
         <v>327</v>
       </c>
       <c r="B580">
         <v>36088</v>
       </c>
       <c r="C580" t="s">
         <v>1188</v>
       </c>
       <c r="D580">
         <v>21</v>
       </c>
       <c r="E580" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" t="s">
         <v>959</v>
       </c>
       <c r="B581">
         <v>36122</v>
       </c>
       <c r="C581" t="s">
         <v>1190</v>
       </c>
       <c r="D581">
         <v>185</v>
       </c>
       <c r="E581" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" t="s">
         <v>327</v>
       </c>
       <c r="B582">
         <v>36095</v>
       </c>
       <c r="C582" t="s">
         <v>1192</v>
       </c>
       <c r="D582">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E582" t="s">
         <v>1193</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" t="s">
         <v>807</v>
       </c>
       <c r="B583">
         <v>36077</v>
       </c>
       <c r="C583" t="s">
         <v>1194</v>
       </c>
       <c r="D583">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="E583" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" t="s">
         <v>561</v>
       </c>
       <c r="B584">
         <v>36063</v>
       </c>
       <c r="C584" t="s">
         <v>1196</v>
       </c>
       <c r="D584">
         <v>386</v>
       </c>
       <c r="E584" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" t="s">
         <v>327</v>
       </c>
       <c r="B585">
         <v>36091</v>
       </c>
       <c r="C585" t="s">
         <v>1198</v>
       </c>
       <c r="D585">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E585" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" t="s">
         <v>807</v>
       </c>
       <c r="B586">
         <v>36074</v>
       </c>
       <c r="C586" t="s">
         <v>1200</v>
       </c>
       <c r="D586">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="E586" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" t="s">
         <v>959</v>
       </c>
       <c r="B587">
         <v>36121</v>
       </c>
       <c r="C587" t="s">
         <v>1202</v>
       </c>
       <c r="D587">
         <v>149</v>
       </c>
       <c r="E587" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" t="s">
         <v>11</v>
       </c>
       <c r="B588">
         <v>36112</v>
       </c>
       <c r="C588" t="s">
         <v>1204</v>
       </c>
       <c r="D588">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="E588" t="s">
         <v>1205</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" t="s">
         <v>735</v>
       </c>
       <c r="B589">
         <v>36046</v>
       </c>
       <c r="C589" t="s">
         <v>1206</v>
       </c>
       <c r="D589">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E589" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" t="s">
         <v>561</v>
       </c>
       <c r="B590">
         <v>36060</v>
       </c>
       <c r="C590" t="s">
         <v>1208</v>
       </c>
       <c r="D590">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="E590" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" t="s">
         <v>807</v>
       </c>
       <c r="B591">
         <v>36072</v>
       </c>
       <c r="C591" t="s">
         <v>1210</v>
       </c>
       <c r="D591">
         <v>123</v>
       </c>
       <c r="E591" t="s">
         <v>1211</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" t="s">
         <v>497</v>
       </c>
       <c r="B592">
         <v>36105</v>
       </c>
       <c r="C592" t="s">
         <v>1212</v>
       </c>
       <c r="D592">
         <v>128</v>
       </c>
       <c r="E592" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" t="s">
         <v>807</v>
       </c>
       <c r="B593">
         <v>36070</v>
       </c>
       <c r="C593" t="s">
         <v>1214</v>
       </c>
       <c r="D593">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E593" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" t="s">
         <v>327</v>
       </c>
       <c r="B594">
         <v>36084</v>
       </c>
       <c r="C594" t="s">
         <v>1216</v>
       </c>
       <c r="D594">
         <v>14</v>
       </c>
       <c r="E594" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" t="s">
         <v>807</v>
       </c>
       <c r="B595">
         <v>36071</v>
       </c>
       <c r="C595" t="s">
         <v>1218</v>
       </c>
       <c r="D595">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E595" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" t="s">
         <v>807</v>
       </c>
       <c r="B596">
         <v>36081</v>
       </c>
       <c r="C596" t="s">
         <v>1220</v>
       </c>
       <c r="D596">
         <v>151</v>
       </c>
       <c r="E596" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" t="s">
         <v>561</v>
       </c>
       <c r="B597">
         <v>36051</v>
       </c>
       <c r="C597" t="s">
         <v>1222</v>
       </c>
       <c r="D597">
         <v>22</v>
       </c>
       <c r="E597" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" t="s">
         <v>807</v>
       </c>
       <c r="B598">
         <v>36076</v>
       </c>
       <c r="C598" t="s">
         <v>1224</v>
       </c>
       <c r="D598">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="E598" t="s">
         <v>1225</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -17603,306 +17603,306 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>1227</v>
       </c>
       <c r="D1" t="s">
         <v>1228</v>
       </c>
       <c r="E1" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>12667</v>
       </c>
       <c r="C2" t="s">
         <v>1230</v>
       </c>
       <c r="D2">
-        <v>20280</v>
+        <v>20670</v>
       </c>
       <c r="E2" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3">
         <v>9357</v>
       </c>
       <c r="C3" t="s">
         <v>1232</v>
       </c>
       <c r="D3">
         <v>81</v>
       </c>
       <c r="E3" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4">
         <v>4427</v>
       </c>
       <c r="C4" t="s">
         <v>1234</v>
       </c>
       <c r="D4">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="E4" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5">
         <v>4429</v>
       </c>
       <c r="C5" t="s">
         <v>1236</v>
       </c>
       <c r="D5">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="E5" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6">
         <v>4431</v>
       </c>
       <c r="C6" t="s">
         <v>1238</v>
       </c>
       <c r="D6">
-        <v>600</v>
+        <v>611</v>
       </c>
       <c r="E6" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
         <v>4433</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7">
-        <v>1009</v>
+        <v>1029</v>
       </c>
       <c r="E7" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>4435</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8">
-        <v>1732</v>
+        <v>1753</v>
       </c>
       <c r="E8" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9">
         <v>4437</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9">
-        <v>3113</v>
+        <v>3150</v>
       </c>
       <c r="E9" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10">
         <v>8469</v>
       </c>
       <c r="C10" t="s">
         <v>1243</v>
       </c>
       <c r="D10">
         <v>67</v>
       </c>
       <c r="E10" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
         <v>8468</v>
       </c>
       <c r="C11" t="s">
         <v>1245</v>
       </c>
       <c r="D11">
         <v>74</v>
       </c>
       <c r="E11" t="s">
         <v>1246</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12">
         <v>4428</v>
       </c>
       <c r="C12" t="s">
         <v>1247</v>
       </c>
       <c r="D12">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="E12" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13">
         <v>4430</v>
       </c>
       <c r="C13" t="s">
         <v>1249</v>
       </c>
       <c r="D13">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="E13" t="s">
         <v>1250</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14">
         <v>4432</v>
       </c>
       <c r="C14" t="s">
         <v>1251</v>
       </c>
       <c r="D14">
-        <v>647</v>
+        <v>660</v>
       </c>
       <c r="E14" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15">
         <v>4434</v>
       </c>
       <c r="C15" t="s">
         <v>1253</v>
       </c>
       <c r="D15">
-        <v>1091</v>
+        <v>1104</v>
       </c>
       <c r="E15" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16">
         <v>4436</v>
       </c>
       <c r="C16" t="s">
         <v>1255</v>
       </c>
       <c r="D16">
-        <v>1945</v>
+        <v>1969</v>
       </c>
       <c r="E16" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17">
         <v>4438</v>
       </c>
       <c r="C17" t="s">
         <v>1257</v>
       </c>
       <c r="D17">
-        <v>3701</v>
+        <v>3772</v>
       </c>
       <c r="E17" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18">
         <v>5603</v>
       </c>
       <c r="C18" t="s">
         <v>1259</v>
       </c>
       <c r="D18">
         <v>7</v>
       </c>
       <c r="E18" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>8</v>
@@ -18045,102 +18045,102 @@
       </c>
       <c r="B27">
         <v>5634</v>
       </c>
       <c r="C27" t="s">
         <v>1277</v>
       </c>
       <c r="D27">
         <v>63</v>
       </c>
       <c r="E27" t="s">
         <v>1278</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28">
         <v>5607</v>
       </c>
       <c r="C28" t="s">
         <v>1279</v>
       </c>
       <c r="D28">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>1280</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29">
         <v>5635</v>
       </c>
       <c r="C29" t="s">
         <v>1281</v>
       </c>
       <c r="D29">
         <v>16</v>
       </c>
       <c r="E29" t="s">
         <v>1282</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30">
         <v>5636</v>
       </c>
       <c r="C30" t="s">
         <v>1283</v>
       </c>
       <c r="D30">
         <v>18</v>
       </c>
       <c r="E30" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31">
         <v>5637</v>
       </c>
       <c r="C31" t="s">
         <v>1285</v>
       </c>
       <c r="D31">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E31" t="s">
         <v>1286</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32">
         <v>5638</v>
       </c>
       <c r="C32" t="s">
         <v>1287</v>
       </c>
       <c r="D32">
         <v>86</v>
       </c>
       <c r="E32" t="s">
         <v>1288</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>8</v>
@@ -18453,119 +18453,119 @@
       </c>
       <c r="B51">
         <v>4443</v>
       </c>
       <c r="C51" t="s">
         <v>108</v>
       </c>
       <c r="D51">
         <v>6</v>
       </c>
       <c r="E51" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52">
         <v>4446</v>
       </c>
       <c r="C52" t="s">
         <v>110</v>
       </c>
       <c r="D52">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>107</v>
       </c>
       <c r="B53">
         <v>4448</v>
       </c>
       <c r="C53" t="s">
         <v>112</v>
       </c>
       <c r="D53">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E53" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>107</v>
       </c>
       <c r="B54">
         <v>4449</v>
       </c>
       <c r="C54" t="s">
         <v>114</v>
       </c>
       <c r="D54">
         <v>32</v>
       </c>
       <c r="E54" t="s">
         <v>1328</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>107</v>
       </c>
       <c r="B55">
         <v>4450</v>
       </c>
       <c r="C55" t="s">
         <v>116</v>
       </c>
       <c r="D55">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E55" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>107</v>
       </c>
       <c r="B56">
         <v>4451</v>
       </c>
       <c r="C56" t="s">
         <v>118</v>
       </c>
       <c r="D56">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E56" t="s">
         <v>1330</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>107</v>
       </c>
       <c r="B57">
         <v>4949</v>
       </c>
       <c r="C57" t="s">
         <v>120</v>
       </c>
       <c r="D57">
         <v>64</v>
       </c>
       <c r="E57" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>107</v>
@@ -18640,187 +18640,187 @@
       </c>
       <c r="B62">
         <v>4447</v>
       </c>
       <c r="C62" t="s">
         <v>1338</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
       <c r="E62" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>5</v>
       </c>
       <c r="B63">
         <v>5626</v>
       </c>
       <c r="C63" t="s">
         <v>1340</v>
       </c>
       <c r="D63">
-        <v>1012</v>
+        <v>1032</v>
       </c>
       <c r="E63" t="s">
         <v>1341</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>5</v>
       </c>
       <c r="B64">
         <v>5627</v>
       </c>
       <c r="C64" t="s">
         <v>1342</v>
       </c>
       <c r="D64">
-        <v>1036</v>
+        <v>1056</v>
       </c>
       <c r="E64" t="s">
         <v>1343</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>80</v>
       </c>
       <c r="B65">
         <v>5770</v>
       </c>
       <c r="C65" t="s">
         <v>1344</v>
       </c>
       <c r="D65">
         <v>256</v>
       </c>
       <c r="E65" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>80</v>
       </c>
       <c r="B66">
         <v>5771</v>
       </c>
       <c r="C66" t="s">
         <v>1346</v>
       </c>
       <c r="D66">
         <v>318</v>
       </c>
       <c r="E66" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>80</v>
       </c>
       <c r="B67">
         <v>5772</v>
       </c>
       <c r="C67" t="s">
         <v>1348</v>
       </c>
       <c r="D67">
-        <v>983</v>
+        <v>1002</v>
       </c>
       <c r="E67" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>80</v>
       </c>
       <c r="B68">
         <v>5773</v>
       </c>
       <c r="C68" t="s">
         <v>1350</v>
       </c>
       <c r="D68">
-        <v>1205</v>
+        <v>1228</v>
       </c>
       <c r="E68" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>80</v>
       </c>
       <c r="B69">
         <v>5774</v>
       </c>
       <c r="C69" t="s">
         <v>1352</v>
       </c>
       <c r="D69">
-        <v>1368</v>
+        <v>1394</v>
       </c>
       <c r="E69" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>80</v>
       </c>
       <c r="B70">
         <v>5776</v>
       </c>
       <c r="C70" t="s">
         <v>1354</v>
       </c>
       <c r="D70">
-        <v>1656</v>
+        <v>1688</v>
       </c>
       <c r="E70" t="s">
         <v>1355</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>80</v>
       </c>
       <c r="B71">
         <v>5775</v>
       </c>
       <c r="C71" t="s">
         <v>1356</v>
       </c>
       <c r="D71">
-        <v>2096</v>
+        <v>2136</v>
       </c>
       <c r="E71" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>5</v>
       </c>
       <c r="B72">
         <v>5610</v>
       </c>
       <c r="C72" t="s">
         <v>1358</v>
       </c>
       <c r="D72">
         <v>811</v>
       </c>
       <c r="E72" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>5</v>
@@ -19371,187 +19371,187 @@
       </c>
       <c r="B105">
         <v>4458</v>
       </c>
       <c r="C105" t="s">
         <v>1424</v>
       </c>
       <c r="D105">
         <v>330</v>
       </c>
       <c r="E105" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>5</v>
       </c>
       <c r="B106">
         <v>4459</v>
       </c>
       <c r="C106" t="s">
         <v>1426</v>
       </c>
       <c r="D106">
-        <v>662</v>
+        <v>675</v>
       </c>
       <c r="E106" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>5</v>
       </c>
       <c r="B107">
         <v>4460</v>
       </c>
       <c r="C107" t="s">
         <v>1428</v>
       </c>
       <c r="D107">
-        <v>729</v>
+        <v>743</v>
       </c>
       <c r="E107" t="s">
         <v>1429</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>5</v>
       </c>
       <c r="B108">
         <v>4812</v>
       </c>
       <c r="C108" t="s">
         <v>1430</v>
       </c>
       <c r="D108">
-        <v>973</v>
+        <v>992</v>
       </c>
       <c r="E108" t="s">
         <v>1431</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>5</v>
       </c>
       <c r="B109">
         <v>4813</v>
       </c>
       <c r="C109" t="s">
         <v>1432</v>
       </c>
       <c r="D109">
-        <v>1374</v>
+        <v>1400</v>
       </c>
       <c r="E109" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>5</v>
       </c>
       <c r="B110">
         <v>4814</v>
       </c>
       <c r="C110" t="s">
         <v>1434</v>
       </c>
       <c r="D110">
-        <v>1890</v>
+        <v>1926</v>
       </c>
       <c r="E110" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>5</v>
       </c>
       <c r="B111">
         <v>4815</v>
       </c>
       <c r="C111" t="s">
         <v>1436</v>
       </c>
       <c r="D111">
-        <v>2267</v>
+        <v>2310</v>
       </c>
       <c r="E111" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>5</v>
       </c>
       <c r="B112">
         <v>4928</v>
       </c>
       <c r="C112" t="s">
         <v>1438</v>
       </c>
       <c r="D112">
-        <v>2814</v>
+        <v>2868</v>
       </c>
       <c r="E112" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>5</v>
       </c>
       <c r="B113">
         <v>4929</v>
       </c>
       <c r="C113" t="s">
         <v>1440</v>
       </c>
       <c r="D113">
-        <v>3769</v>
+        <v>3842</v>
       </c>
       <c r="E113" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>5</v>
       </c>
       <c r="B114">
         <v>4930</v>
       </c>
       <c r="C114" t="s">
         <v>1442</v>
       </c>
       <c r="D114">
-        <v>5235</v>
+        <v>5336</v>
       </c>
       <c r="E114" t="s">
         <v>1443</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>237</v>
       </c>
       <c r="B115">
         <v>4464</v>
       </c>
       <c r="C115" t="s">
         <v>1444</v>
       </c>
       <c r="D115">
         <v>482</v>
       </c>
       <c r="E115" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>237</v>
@@ -19660,51 +19660,51 @@
       </c>
       <c r="B122">
         <v>5131</v>
       </c>
       <c r="C122" t="s">
         <v>1458</v>
       </c>
       <c r="D122">
         <v>0</v>
       </c>
       <c r="E122" t="s">
         <v>1459</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>254</v>
       </c>
       <c r="B123">
         <v>5648</v>
       </c>
       <c r="C123" t="s">
         <v>1460</v>
       </c>
       <c r="D123">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="E123" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>254</v>
       </c>
       <c r="B124">
         <v>5649</v>
       </c>
       <c r="C124" t="s">
         <v>1462</v>
       </c>
       <c r="D124">
         <v>838</v>
       </c>
       <c r="E124" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>254</v>
@@ -19864,51 +19864,51 @@
       </c>
       <c r="B134">
         <v>11571</v>
       </c>
       <c r="C134" t="s">
         <v>1482</v>
       </c>
       <c r="D134">
         <v>333</v>
       </c>
       <c r="E134" t="s">
         <v>1483</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>279</v>
       </c>
       <c r="B135">
         <v>4470</v>
       </c>
       <c r="C135" t="s">
         <v>1484</v>
       </c>
       <c r="D135">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E135" t="s">
         <v>1485</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>279</v>
       </c>
       <c r="B136">
         <v>4471</v>
       </c>
       <c r="C136" t="s">
         <v>1486</v>
       </c>
       <c r="D136">
         <v>8</v>
       </c>
       <c r="E136" t="s">
         <v>1487</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>279</v>
@@ -20170,68 +20170,68 @@
       </c>
       <c r="B152">
         <v>4482</v>
       </c>
       <c r="C152" t="s">
         <v>1518</v>
       </c>
       <c r="D152">
         <v>18</v>
       </c>
       <c r="E152" t="s">
         <v>1519</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>314</v>
       </c>
       <c r="B153">
         <v>4484</v>
       </c>
       <c r="C153" t="s">
         <v>1520</v>
       </c>
       <c r="D153">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E153" t="s">
         <v>1521</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>314</v>
       </c>
       <c r="B154">
         <v>4486</v>
       </c>
       <c r="C154" t="s">
         <v>1522</v>
       </c>
       <c r="D154">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E154" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>314</v>
       </c>
       <c r="B155">
         <v>4487</v>
       </c>
       <c r="C155" t="s">
         <v>1524</v>
       </c>
       <c r="D155">
         <v>99</v>
       </c>
       <c r="E155" t="s">
         <v>1525</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>314</v>
@@ -20323,1190 +20323,1190 @@
       </c>
       <c r="B161">
         <v>4516</v>
       </c>
       <c r="C161" t="s">
         <v>334</v>
       </c>
       <c r="D161">
         <v>19</v>
       </c>
       <c r="E161" t="s">
         <v>1533</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>327</v>
       </c>
       <c r="B162">
         <v>4524</v>
       </c>
       <c r="C162" t="s">
         <v>336</v>
       </c>
       <c r="D162">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E162" t="s">
         <v>1534</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>327</v>
       </c>
       <c r="B163">
         <v>4533</v>
       </c>
       <c r="C163" t="s">
         <v>338</v>
       </c>
       <c r="D163">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E163" t="s">
         <v>1535</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>327</v>
       </c>
       <c r="B164">
         <v>4541</v>
       </c>
       <c r="C164" t="s">
         <v>340</v>
       </c>
       <c r="D164">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="E164" t="s">
         <v>1536</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>327</v>
       </c>
       <c r="B165">
         <v>4548</v>
       </c>
       <c r="C165" t="s">
         <v>342</v>
       </c>
       <c r="D165">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="E165" t="s">
         <v>1537</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>327</v>
       </c>
       <c r="B166">
         <v>4553</v>
       </c>
       <c r="C166" t="s">
         <v>344</v>
       </c>
       <c r="D166">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="E166" t="s">
         <v>1538</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>327</v>
       </c>
       <c r="B167">
         <v>4554</v>
       </c>
       <c r="C167" t="s">
         <v>346</v>
       </c>
       <c r="D167">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="E167" t="s">
         <v>1539</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>327</v>
       </c>
       <c r="B168">
         <v>4501</v>
       </c>
       <c r="C168" t="s">
         <v>1540</v>
       </c>
       <c r="D168">
         <v>13</v>
       </c>
       <c r="E168" t="s">
         <v>1541</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>327</v>
       </c>
       <c r="B169">
         <v>4511</v>
       </c>
       <c r="C169" t="s">
         <v>1542</v>
       </c>
       <c r="D169">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E169" t="s">
         <v>1543</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>327</v>
       </c>
       <c r="B170">
         <v>4512</v>
       </c>
       <c r="C170" t="s">
         <v>1544</v>
       </c>
       <c r="D170">
         <v>25</v>
       </c>
       <c r="E170" t="s">
         <v>1545</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>327</v>
       </c>
       <c r="B171">
         <v>4521</v>
       </c>
       <c r="C171" t="s">
         <v>1546</v>
       </c>
       <c r="D171">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E171" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>327</v>
       </c>
       <c r="B172">
         <v>4522</v>
       </c>
       <c r="C172" t="s">
         <v>1548</v>
       </c>
       <c r="D172">
         <v>29</v>
       </c>
       <c r="E172" t="s">
         <v>1549</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>327</v>
       </c>
       <c r="B173">
         <v>4523</v>
       </c>
       <c r="C173" t="s">
         <v>1550</v>
       </c>
       <c r="D173">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E173" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>327</v>
       </c>
       <c r="B174">
         <v>4529</v>
       </c>
       <c r="C174" t="s">
         <v>1552</v>
       </c>
       <c r="D174">
         <v>22</v>
       </c>
       <c r="E174" t="s">
         <v>1553</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>327</v>
       </c>
       <c r="B175">
         <v>4530</v>
       </c>
       <c r="C175" t="s">
         <v>1554</v>
       </c>
       <c r="D175">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E175" t="s">
         <v>1555</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>327</v>
       </c>
       <c r="B176">
         <v>4531</v>
       </c>
       <c r="C176" t="s">
         <v>1556</v>
       </c>
       <c r="D176">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E176" t="s">
         <v>1557</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>327</v>
       </c>
       <c r="B177">
         <v>4532</v>
       </c>
       <c r="C177" t="s">
         <v>1558</v>
       </c>
       <c r="D177">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E177" t="s">
         <v>1559</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>327</v>
       </c>
       <c r="B178">
         <v>4536</v>
       </c>
       <c r="C178" t="s">
         <v>1560</v>
       </c>
       <c r="D178">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E178" t="s">
         <v>1561</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>327</v>
       </c>
       <c r="B179">
         <v>4537</v>
       </c>
       <c r="C179" t="s">
         <v>1562</v>
       </c>
       <c r="D179">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E179" t="s">
         <v>1563</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>327</v>
       </c>
       <c r="B180">
         <v>4538</v>
       </c>
       <c r="C180" t="s">
         <v>1564</v>
       </c>
       <c r="D180">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E180" t="s">
         <v>1565</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>327</v>
       </c>
       <c r="B181">
         <v>4539</v>
       </c>
       <c r="C181" t="s">
         <v>1566</v>
       </c>
       <c r="D181">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E181" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>327</v>
       </c>
       <c r="B182">
         <v>4540</v>
       </c>
       <c r="C182" t="s">
         <v>1568</v>
       </c>
       <c r="D182">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E182" t="s">
         <v>1569</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
         <v>327</v>
       </c>
       <c r="B183">
         <v>6628</v>
       </c>
       <c r="C183" t="s">
         <v>1570</v>
       </c>
       <c r="D183">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E183" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
         <v>327</v>
       </c>
       <c r="B184">
         <v>4544</v>
       </c>
       <c r="C184" t="s">
         <v>1572</v>
       </c>
       <c r="D184">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E184" t="s">
         <v>1573</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>327</v>
       </c>
       <c r="B185">
         <v>4545</v>
       </c>
       <c r="C185" t="s">
         <v>1574</v>
       </c>
       <c r="D185">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E185" t="s">
         <v>1575</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>327</v>
       </c>
       <c r="B186">
         <v>4546</v>
       </c>
       <c r="C186" t="s">
         <v>1576</v>
       </c>
       <c r="D186">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="E186" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>327</v>
       </c>
       <c r="B187">
         <v>4547</v>
       </c>
       <c r="C187" t="s">
         <v>1578</v>
       </c>
       <c r="D187">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="E187" t="s">
         <v>1579</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>327</v>
       </c>
       <c r="B188">
         <v>4549</v>
       </c>
       <c r="C188" t="s">
         <v>1580</v>
       </c>
       <c r="D188">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="E188" t="s">
         <v>1581</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>327</v>
       </c>
       <c r="B189">
         <v>4550</v>
       </c>
       <c r="C189" t="s">
         <v>1582</v>
       </c>
       <c r="D189">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E189" t="s">
         <v>1583</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>327</v>
       </c>
       <c r="B190">
         <v>4551</v>
       </c>
       <c r="C190" t="s">
         <v>1584</v>
       </c>
       <c r="D190">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="E190" t="s">
         <v>1585</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>327</v>
       </c>
       <c r="B191">
         <v>4552</v>
       </c>
       <c r="C191" t="s">
         <v>1586</v>
       </c>
       <c r="D191">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="E191" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>327</v>
       </c>
       <c r="B192">
         <v>4555</v>
       </c>
       <c r="C192" t="s">
         <v>1588</v>
       </c>
       <c r="D192">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="E192" t="s">
         <v>1589</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>327</v>
       </c>
       <c r="B193">
         <v>4556</v>
       </c>
       <c r="C193" t="s">
         <v>1590</v>
       </c>
       <c r="D193">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="E193" t="s">
         <v>1591</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>327</v>
       </c>
       <c r="B194">
         <v>4557</v>
       </c>
       <c r="C194" t="s">
         <v>1592</v>
       </c>
       <c r="D194">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="E194" t="s">
         <v>1593</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>327</v>
       </c>
       <c r="B195">
         <v>4558</v>
       </c>
       <c r="C195" t="s">
         <v>1594</v>
       </c>
       <c r="D195">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="E195" t="s">
         <v>1595</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>327</v>
       </c>
       <c r="B196">
         <v>4488</v>
       </c>
       <c r="C196" t="s">
         <v>404</v>
       </c>
       <c r="D196">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E196" t="s">
         <v>1596</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>327</v>
       </c>
       <c r="B197">
         <v>4491</v>
       </c>
       <c r="C197" t="s">
         <v>1597</v>
       </c>
       <c r="D197">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E197" t="s">
         <v>1598</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>327</v>
       </c>
       <c r="B198">
         <v>4493</v>
       </c>
       <c r="C198" t="s">
         <v>408</v>
       </c>
       <c r="D198">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="E198" t="s">
         <v>1599</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
         <v>327</v>
       </c>
       <c r="B199">
         <v>4496</v>
       </c>
       <c r="C199" t="s">
         <v>1600</v>
       </c>
       <c r="D199">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E199" t="s">
         <v>1601</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>327</v>
       </c>
       <c r="B200">
         <v>4498</v>
       </c>
       <c r="C200" t="s">
         <v>412</v>
       </c>
       <c r="D200">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E200" t="s">
         <v>1602</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>327</v>
       </c>
       <c r="B201">
         <v>4500</v>
       </c>
       <c r="C201" t="s">
         <v>1603</v>
       </c>
       <c r="D201">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E201" t="s">
         <v>1604</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>327</v>
       </c>
       <c r="B202">
         <v>4503</v>
       </c>
       <c r="C202" t="s">
         <v>416</v>
       </c>
       <c r="D202">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E202" t="s">
         <v>1605</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>327</v>
       </c>
       <c r="B203">
         <v>4506</v>
       </c>
       <c r="C203" t="s">
         <v>1606</v>
       </c>
       <c r="D203">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E203" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>327</v>
       </c>
       <c r="B204">
         <v>4827</v>
       </c>
       <c r="C204" t="s">
         <v>420</v>
       </c>
       <c r="D204">
         <v>0</v>
       </c>
       <c r="E204" t="s">
         <v>1608</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>327</v>
       </c>
       <c r="B205">
         <v>4513</v>
       </c>
       <c r="C205" t="s">
         <v>422</v>
       </c>
       <c r="D205">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E205" t="s">
         <v>1609</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>327</v>
       </c>
       <c r="B206">
         <v>4515</v>
       </c>
       <c r="C206" t="s">
         <v>1610</v>
       </c>
       <c r="D206">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="E206" t="s">
         <v>1611</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>327</v>
       </c>
       <c r="B207">
         <v>5867</v>
       </c>
       <c r="C207" t="s">
         <v>426</v>
       </c>
       <c r="D207">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E207" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>327</v>
       </c>
       <c r="B208">
         <v>5866</v>
       </c>
       <c r="C208" t="s">
         <v>1613</v>
       </c>
       <c r="D208">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="E208" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>327</v>
       </c>
       <c r="B209">
         <v>4519</v>
       </c>
       <c r="C209" t="s">
         <v>430</v>
       </c>
       <c r="D209">
         <v>0</v>
       </c>
       <c r="E209" t="s">
         <v>1615</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>327</v>
       </c>
       <c r="B210">
         <v>4517</v>
       </c>
       <c r="C210" t="s">
         <v>432</v>
       </c>
       <c r="D210">
-        <v>595</v>
+        <v>607</v>
       </c>
       <c r="E210" t="s">
         <v>1616</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>327</v>
       </c>
       <c r="B211">
         <v>4518</v>
       </c>
       <c r="C211" t="s">
         <v>1617</v>
       </c>
       <c r="D211">
-        <v>689</v>
+        <v>702</v>
       </c>
       <c r="E211" t="s">
         <v>1618</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>327</v>
       </c>
       <c r="B212">
         <v>4527</v>
       </c>
       <c r="C212" t="s">
         <v>436</v>
       </c>
       <c r="D212">
         <v>0</v>
       </c>
       <c r="E212" t="s">
         <v>1619</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>327</v>
       </c>
       <c r="B213">
         <v>4525</v>
       </c>
       <c r="C213" t="s">
         <v>438</v>
       </c>
       <c r="D213">
-        <v>932</v>
+        <v>950</v>
       </c>
       <c r="E213" t="s">
         <v>1620</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>327</v>
       </c>
       <c r="B214">
         <v>4526</v>
       </c>
       <c r="C214" t="s">
         <v>1621</v>
       </c>
       <c r="D214">
-        <v>1032</v>
+        <v>1052</v>
       </c>
       <c r="E214" t="s">
         <v>1622</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
         <v>327</v>
       </c>
       <c r="B215">
         <v>4534</v>
       </c>
       <c r="C215" t="s">
         <v>442</v>
       </c>
       <c r="D215">
-        <v>1466</v>
+        <v>1494</v>
       </c>
       <c r="E215" t="s">
         <v>1623</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>327</v>
       </c>
       <c r="B216">
         <v>4535</v>
       </c>
       <c r="C216" t="s">
         <v>1624</v>
       </c>
       <c r="D216">
-        <v>1456</v>
+        <v>1484</v>
       </c>
       <c r="E216" t="s">
         <v>1625</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>327</v>
       </c>
       <c r="B217">
         <v>4542</v>
       </c>
       <c r="C217" t="s">
         <v>446</v>
       </c>
       <c r="D217">
-        <v>2589</v>
+        <v>2639</v>
       </c>
       <c r="E217" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>327</v>
       </c>
       <c r="B218">
         <v>4543</v>
       </c>
       <c r="C218" t="s">
         <v>1627</v>
       </c>
       <c r="D218">
-        <v>2802</v>
+        <v>2856</v>
       </c>
       <c r="E218" t="s">
         <v>1628</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>327</v>
       </c>
       <c r="B219">
         <v>4918</v>
       </c>
       <c r="C219" t="s">
         <v>450</v>
       </c>
       <c r="D219">
         <v>0</v>
       </c>
       <c r="E219" t="s">
         <v>1629</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>327</v>
       </c>
       <c r="B220">
         <v>4919</v>
       </c>
       <c r="C220" t="s">
         <v>1630</v>
       </c>
       <c r="D220">
         <v>0</v>
       </c>
       <c r="E220" t="s">
         <v>1631</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>327</v>
       </c>
       <c r="B221">
         <v>5592</v>
       </c>
       <c r="C221" t="s">
         <v>1632</v>
       </c>
       <c r="D221">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E221" t="s">
         <v>1633</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>327</v>
       </c>
       <c r="B222">
         <v>5643</v>
       </c>
       <c r="C222" t="s">
         <v>1634</v>
       </c>
       <c r="D222">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E222" t="s">
         <v>1635</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>327</v>
       </c>
       <c r="B223">
         <v>5644</v>
       </c>
       <c r="C223" t="s">
         <v>1636</v>
       </c>
       <c r="D223">
         <v>127</v>
       </c>
       <c r="E223" t="s">
         <v>1637</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>327</v>
       </c>
       <c r="B224">
         <v>5645</v>
       </c>
       <c r="C224" t="s">
         <v>1638</v>
       </c>
       <c r="D224">
         <v>54</v>
       </c>
       <c r="E224" t="s">
         <v>1639</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>327</v>
       </c>
       <c r="B225">
         <v>4489</v>
       </c>
       <c r="C225" t="s">
         <v>1640</v>
       </c>
       <c r="D225">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="E225" t="s">
         <v>1641</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>327</v>
       </c>
       <c r="B226">
         <v>4495</v>
       </c>
       <c r="C226" t="s">
         <v>1642</v>
       </c>
       <c r="D226">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E226" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>327</v>
       </c>
       <c r="B227">
         <v>6400</v>
       </c>
       <c r="C227" t="s">
         <v>1642</v>
       </c>
       <c r="D227">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="E227" t="s">
         <v>1644</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>327</v>
       </c>
       <c r="B228">
         <v>4504</v>
       </c>
       <c r="C228" t="s">
         <v>1645</v>
       </c>
       <c r="D228">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="E228" t="s">
         <v>1646</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>327</v>
       </c>
       <c r="B229">
         <v>4508</v>
       </c>
       <c r="C229" t="s">
         <v>1647</v>
       </c>
       <c r="D229">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="E229" t="s">
         <v>1648</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>327</v>
       </c>
       <c r="B230">
         <v>4490</v>
       </c>
       <c r="C230" t="s">
         <v>1640</v>
       </c>
       <c r="D230">
         <v>39</v>
       </c>
       <c r="E230" t="s">
         <v>1649</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>327</v>
@@ -21615,153 +21615,153 @@
       </c>
       <c r="B237">
         <v>5593</v>
       </c>
       <c r="C237" t="s">
         <v>1660</v>
       </c>
       <c r="D237">
         <v>0</v>
       </c>
       <c r="E237" t="s">
         <v>1661</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>484</v>
       </c>
       <c r="B238">
         <v>5594</v>
       </c>
       <c r="C238" t="s">
         <v>1660</v>
       </c>
       <c r="D238">
-        <v>1192</v>
+        <v>1215</v>
       </c>
       <c r="E238" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>484</v>
       </c>
       <c r="B239">
         <v>4560</v>
       </c>
       <c r="C239" t="s">
         <v>1660</v>
       </c>
       <c r="D239">
         <v>0</v>
       </c>
       <c r="E239" t="s">
         <v>1663</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
         <v>484</v>
       </c>
       <c r="B240">
         <v>5595</v>
       </c>
       <c r="C240" t="s">
         <v>1660</v>
       </c>
       <c r="D240">
         <v>1064</v>
       </c>
       <c r="E240" t="s">
         <v>1664</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
         <v>484</v>
       </c>
       <c r="B241">
         <v>5596</v>
       </c>
       <c r="C241" t="s">
         <v>1665</v>
       </c>
       <c r="D241">
-        <v>4304</v>
+        <v>4387</v>
       </c>
       <c r="E241" t="s">
         <v>1666</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" t="s">
         <v>497</v>
       </c>
       <c r="B242">
         <v>4561</v>
       </c>
       <c r="C242" t="s">
         <v>1667</v>
       </c>
       <c r="D242">
         <v>0</v>
       </c>
       <c r="E242" t="s">
         <v>1668</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" t="s">
         <v>497</v>
       </c>
       <c r="B243">
         <v>4562</v>
       </c>
       <c r="C243" t="s">
         <v>1669</v>
       </c>
       <c r="D243">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E243" t="s">
         <v>1670</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" t="s">
         <v>497</v>
       </c>
       <c r="B244">
         <v>4563</v>
       </c>
       <c r="C244" t="s">
         <v>1671</v>
       </c>
       <c r="D244">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E244" t="s">
         <v>1672</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
         <v>497</v>
       </c>
       <c r="B245">
         <v>4564</v>
       </c>
       <c r="C245" t="s">
         <v>1673</v>
       </c>
       <c r="D245">
         <v>46</v>
       </c>
       <c r="E245" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
         <v>497</v>
@@ -21785,68 +21785,68 @@
       </c>
       <c r="B247">
         <v>4566</v>
       </c>
       <c r="C247" t="s">
         <v>1669</v>
       </c>
       <c r="D247">
         <v>40</v>
       </c>
       <c r="E247" t="s">
         <v>1676</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
         <v>497</v>
       </c>
       <c r="B248">
         <v>4567</v>
       </c>
       <c r="C248" t="s">
         <v>1671</v>
       </c>
       <c r="D248">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E248" t="s">
         <v>1677</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
         <v>497</v>
       </c>
       <c r="B249">
         <v>4568</v>
       </c>
       <c r="C249" t="s">
         <v>1673</v>
       </c>
       <c r="D249">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E249" t="s">
         <v>1678</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" t="s">
         <v>497</v>
       </c>
       <c r="B250">
         <v>4569</v>
       </c>
       <c r="C250" t="s">
         <v>1679</v>
       </c>
       <c r="D250">
         <v>99</v>
       </c>
       <c r="E250" t="s">
         <v>1680</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
         <v>497</v>
@@ -21870,136 +21870,136 @@
       </c>
       <c r="B252">
         <v>4571</v>
       </c>
       <c r="C252" t="s">
         <v>1683</v>
       </c>
       <c r="D252">
         <v>229</v>
       </c>
       <c r="E252" t="s">
         <v>1684</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
         <v>5</v>
       </c>
       <c r="B253">
         <v>4574</v>
       </c>
       <c r="C253" t="s">
         <v>1685</v>
       </c>
       <c r="D253">
-        <v>9151</v>
+        <v>9326</v>
       </c>
       <c r="E253" t="s">
         <v>1686</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
         <v>5</v>
       </c>
       <c r="B254">
         <v>4575</v>
       </c>
       <c r="C254" t="s">
         <v>1687</v>
       </c>
       <c r="D254">
-        <v>15353</v>
+        <v>15649</v>
       </c>
       <c r="E254" t="s">
         <v>1688</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
         <v>5</v>
       </c>
       <c r="B255">
         <v>5132</v>
       </c>
       <c r="C255" t="s">
         <v>1689</v>
       </c>
       <c r="D255">
-        <v>18133</v>
+        <v>18481</v>
       </c>
       <c r="E255" t="s">
         <v>1690</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
         <v>5</v>
       </c>
       <c r="B256">
         <v>5133</v>
       </c>
       <c r="C256" t="s">
         <v>1691</v>
       </c>
       <c r="D256">
-        <v>20173</v>
+        <v>20561</v>
       </c>
       <c r="E256" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
         <v>5</v>
       </c>
       <c r="B257">
         <v>4576</v>
       </c>
       <c r="C257" t="s">
         <v>1693</v>
       </c>
       <c r="D257">
-        <v>17240</v>
+        <v>17571</v>
       </c>
       <c r="E257" t="s">
         <v>1694</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
         <v>5</v>
       </c>
       <c r="B258">
         <v>4577</v>
       </c>
       <c r="C258" t="s">
         <v>1695</v>
       </c>
       <c r="D258">
-        <v>18860</v>
+        <v>19223</v>
       </c>
       <c r="E258" t="s">
         <v>1696</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
         <v>5</v>
       </c>
       <c r="B259">
         <v>4572</v>
       </c>
       <c r="C259" t="s">
         <v>1697</v>
       </c>
       <c r="D259">
         <v>104597</v>
       </c>
       <c r="E259" t="s">
         <v>1698</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" t="s">
         <v>5</v>
@@ -22227,170 +22227,170 @@
       </c>
       <c r="B273">
         <v>4596</v>
       </c>
       <c r="C273" t="s">
         <v>1724</v>
       </c>
       <c r="D273">
         <v>22</v>
       </c>
       <c r="E273" t="s">
         <v>1725</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" t="s">
         <v>561</v>
       </c>
       <c r="B274">
         <v>4608</v>
       </c>
       <c r="C274" t="s">
         <v>1726</v>
       </c>
       <c r="D274">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E274" t="s">
         <v>1727</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" t="s">
         <v>561</v>
       </c>
       <c r="B275">
         <v>4616</v>
       </c>
       <c r="C275" t="s">
         <v>1728</v>
       </c>
       <c r="D275">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E275" t="s">
         <v>1729</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" t="s">
         <v>561</v>
       </c>
       <c r="B276">
         <v>4621</v>
       </c>
       <c r="C276" t="s">
         <v>1730</v>
       </c>
       <c r="D276">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E276" t="s">
         <v>1731</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" t="s">
         <v>561</v>
       </c>
       <c r="B277">
         <v>4627</v>
       </c>
       <c r="C277" t="s">
         <v>1732</v>
       </c>
       <c r="D277">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E277" t="s">
         <v>1733</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" t="s">
         <v>561</v>
       </c>
       <c r="B278">
         <v>4632</v>
       </c>
       <c r="C278" t="s">
         <v>1734</v>
       </c>
       <c r="D278">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="E278" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" t="s">
         <v>561</v>
       </c>
       <c r="B279">
         <v>4637</v>
       </c>
       <c r="C279" t="s">
         <v>1736</v>
       </c>
       <c r="D279">
-        <v>797</v>
+        <v>812</v>
       </c>
       <c r="E279" t="s">
         <v>1737</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" t="s">
         <v>561</v>
       </c>
       <c r="B280">
         <v>4580</v>
       </c>
       <c r="C280" t="s">
         <v>1738</v>
       </c>
       <c r="D280">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="E280" t="s">
         <v>1739</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" t="s">
         <v>561</v>
       </c>
       <c r="B281">
         <v>4594</v>
       </c>
       <c r="C281" t="s">
         <v>1740</v>
       </c>
       <c r="D281">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E281" t="s">
         <v>1741</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" t="s">
         <v>561</v>
       </c>
       <c r="B282">
         <v>4595</v>
       </c>
       <c r="C282" t="s">
         <v>1742</v>
       </c>
       <c r="D282">
         <v>23</v>
       </c>
       <c r="E282" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" t="s">
         <v>561</v>
@@ -22431,731 +22431,731 @@
       </c>
       <c r="B285">
         <v>4604</v>
       </c>
       <c r="C285" t="s">
         <v>1748</v>
       </c>
       <c r="D285">
         <v>0</v>
       </c>
       <c r="E285" t="s">
         <v>1749</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" t="s">
         <v>561</v>
       </c>
       <c r="B286">
         <v>4605</v>
       </c>
       <c r="C286" t="s">
         <v>1750</v>
       </c>
       <c r="D286">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E286" t="s">
         <v>1751</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" t="s">
         <v>561</v>
       </c>
       <c r="B287">
         <v>4613</v>
       </c>
       <c r="C287" t="s">
         <v>1752</v>
       </c>
       <c r="D287">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E287" t="s">
         <v>1753</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>561</v>
       </c>
       <c r="B288">
         <v>4614</v>
       </c>
       <c r="C288" t="s">
         <v>1754</v>
       </c>
       <c r="D288">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E288" t="s">
         <v>1755</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>561</v>
       </c>
       <c r="B289">
         <v>4615</v>
       </c>
       <c r="C289" t="s">
         <v>1756</v>
       </c>
       <c r="D289">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E289" t="s">
         <v>1757</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>561</v>
       </c>
       <c r="B290">
         <v>4617</v>
       </c>
       <c r="C290" t="s">
         <v>1758</v>
       </c>
       <c r="D290">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E290" t="s">
         <v>1759</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>561</v>
       </c>
       <c r="B291">
         <v>4618</v>
       </c>
       <c r="C291" t="s">
         <v>1760</v>
       </c>
       <c r="D291">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E291" t="s">
         <v>1761</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>561</v>
       </c>
       <c r="B292">
         <v>4619</v>
       </c>
       <c r="C292" t="s">
         <v>1762</v>
       </c>
       <c r="D292">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E292" t="s">
         <v>1763</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
         <v>561</v>
       </c>
       <c r="B293">
         <v>4620</v>
       </c>
       <c r="C293" t="s">
         <v>1764</v>
       </c>
       <c r="D293">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E293" t="s">
         <v>1765</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
         <v>561</v>
       </c>
       <c r="B294">
         <v>4622</v>
       </c>
       <c r="C294" t="s">
         <v>1766</v>
       </c>
       <c r="D294">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E294" t="s">
         <v>1767</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
         <v>561</v>
       </c>
       <c r="B295">
         <v>4623</v>
       </c>
       <c r="C295" t="s">
         <v>1768</v>
       </c>
       <c r="D295">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E295" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>561</v>
       </c>
       <c r="B296">
         <v>4624</v>
       </c>
       <c r="C296" t="s">
         <v>1770</v>
       </c>
       <c r="D296">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="E296" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>561</v>
       </c>
       <c r="B297">
         <v>4625</v>
       </c>
       <c r="C297" t="s">
         <v>1772</v>
       </c>
       <c r="D297">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="E297" t="s">
         <v>1773</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
         <v>561</v>
       </c>
       <c r="B298">
         <v>4626</v>
       </c>
       <c r="C298" t="s">
         <v>1774</v>
       </c>
       <c r="D298">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="E298" t="s">
         <v>1775</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
         <v>561</v>
       </c>
       <c r="B299">
         <v>6466</v>
       </c>
       <c r="C299" t="s">
         <v>1776</v>
       </c>
       <c r="D299">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="E299" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>561</v>
       </c>
       <c r="B300">
         <v>4628</v>
       </c>
       <c r="C300" t="s">
         <v>1778</v>
       </c>
       <c r="D300">
-        <v>488</v>
+        <v>498</v>
       </c>
       <c r="E300" t="s">
         <v>1779</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>561</v>
       </c>
       <c r="B301">
         <v>4629</v>
       </c>
       <c r="C301" t="s">
         <v>1780</v>
       </c>
       <c r="D301">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="E301" t="s">
         <v>1781</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>561</v>
       </c>
       <c r="B302">
         <v>4630</v>
       </c>
       <c r="C302" t="s">
         <v>1782</v>
       </c>
       <c r="D302">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="E302" t="s">
         <v>1783</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>561</v>
       </c>
       <c r="B303">
         <v>4631</v>
       </c>
       <c r="C303" t="s">
         <v>1784</v>
       </c>
       <c r="D303">
-        <v>553</v>
+        <v>564</v>
       </c>
       <c r="E303" t="s">
         <v>1785</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>561</v>
       </c>
       <c r="B304">
         <v>5788</v>
       </c>
       <c r="C304" t="s">
         <v>1786</v>
       </c>
       <c r="D304">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="E304" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>561</v>
       </c>
       <c r="B305">
         <v>4633</v>
       </c>
       <c r="C305" t="s">
         <v>1788</v>
       </c>
       <c r="D305">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="E305" t="s">
         <v>1789</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>561</v>
       </c>
       <c r="B306">
         <v>4634</v>
       </c>
       <c r="C306" t="s">
         <v>1790</v>
       </c>
       <c r="D306">
         <v>904</v>
       </c>
       <c r="E306" t="s">
         <v>1791</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" t="s">
         <v>561</v>
       </c>
       <c r="B307">
         <v>4635</v>
       </c>
       <c r="C307" t="s">
         <v>1792</v>
       </c>
       <c r="D307">
-        <v>1173</v>
+        <v>1196</v>
       </c>
       <c r="E307" t="s">
         <v>1793</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" t="s">
         <v>561</v>
       </c>
       <c r="B308">
         <v>4636</v>
       </c>
       <c r="C308" t="s">
         <v>1794</v>
       </c>
       <c r="D308">
-        <v>782</v>
+        <v>797</v>
       </c>
       <c r="E308" t="s">
         <v>1795</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" t="s">
         <v>561</v>
       </c>
       <c r="B309">
         <v>4581</v>
       </c>
       <c r="C309" t="s">
         <v>1796</v>
       </c>
       <c r="D309">
-        <v>1789</v>
+        <v>1823</v>
       </c>
       <c r="E309" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
         <v>561</v>
       </c>
       <c r="B310">
         <v>4582</v>
       </c>
       <c r="C310" t="s">
         <v>1798</v>
       </c>
       <c r="D310">
         <v>1715</v>
       </c>
       <c r="E310" t="s">
         <v>1799</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
         <v>561</v>
       </c>
       <c r="B311">
         <v>4583</v>
       </c>
       <c r="C311" t="s">
         <v>1800</v>
       </c>
       <c r="D311">
-        <v>2068</v>
+        <v>2108</v>
       </c>
       <c r="E311" t="s">
         <v>1801</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
         <v>561</v>
       </c>
       <c r="B312">
         <v>4584</v>
       </c>
       <c r="C312" t="s">
         <v>1802</v>
       </c>
       <c r="D312">
         <v>720</v>
       </c>
       <c r="E312" t="s">
         <v>1803</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
         <v>561</v>
       </c>
       <c r="B313">
         <v>4585</v>
       </c>
       <c r="C313" t="s">
         <v>1804</v>
       </c>
       <c r="D313">
-        <v>747</v>
+        <v>762</v>
       </c>
       <c r="E313" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>561</v>
       </c>
       <c r="B314">
         <v>4586</v>
       </c>
       <c r="C314" t="s">
         <v>1806</v>
       </c>
       <c r="D314">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E314" t="s">
         <v>1807</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
         <v>561</v>
       </c>
       <c r="B315">
         <v>4588</v>
       </c>
       <c r="C315" t="s">
         <v>1808</v>
       </c>
       <c r="D315">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="E315" t="s">
         <v>1809</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
         <v>561</v>
       </c>
       <c r="B316">
         <v>12302</v>
       </c>
       <c r="C316" t="s">
         <v>1810</v>
       </c>
       <c r="D316">
         <v>0</v>
       </c>
       <c r="E316" t="s">
         <v>1811</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
         <v>561</v>
       </c>
       <c r="B317">
         <v>4592</v>
       </c>
       <c r="C317" t="s">
         <v>1812</v>
       </c>
       <c r="D317">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E317" t="s">
         <v>1813</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
         <v>561</v>
       </c>
       <c r="B318">
         <v>4593</v>
       </c>
       <c r="C318" t="s">
         <v>1814</v>
       </c>
       <c r="D318">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="E318" t="s">
         <v>1815</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
         <v>561</v>
       </c>
       <c r="B319">
         <v>4597</v>
       </c>
       <c r="C319" t="s">
         <v>1816</v>
       </c>
       <c r="D319">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="E319" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
         <v>561</v>
       </c>
       <c r="B320">
         <v>4599</v>
       </c>
       <c r="C320" t="s">
         <v>1818</v>
       </c>
       <c r="D320">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E320" t="s">
         <v>1819</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
         <v>561</v>
       </c>
       <c r="B321">
         <v>4825</v>
       </c>
       <c r="C321" t="s">
         <v>1820</v>
       </c>
       <c r="D321">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E321" t="s">
         <v>1821</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
         <v>561</v>
       </c>
       <c r="B322">
         <v>4826</v>
       </c>
       <c r="C322" t="s">
         <v>1822</v>
       </c>
       <c r="D322">
         <v>0</v>
       </c>
       <c r="E322" t="s">
         <v>1823</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
         <v>561</v>
       </c>
       <c r="B323">
         <v>4606</v>
       </c>
       <c r="C323" t="s">
         <v>1824</v>
       </c>
       <c r="D323">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E323" t="s">
         <v>1825</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>561</v>
       </c>
       <c r="B324">
         <v>4607</v>
       </c>
       <c r="C324" t="s">
         <v>1826</v>
       </c>
       <c r="D324">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E324" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
         <v>561</v>
       </c>
       <c r="B325">
         <v>4600</v>
       </c>
       <c r="C325" t="s">
         <v>1828</v>
       </c>
       <c r="D325">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="E325" t="s">
         <v>1829</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
         <v>561</v>
       </c>
       <c r="B326">
         <v>4601</v>
       </c>
       <c r="C326" t="s">
         <v>1830</v>
       </c>
       <c r="D326">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="E326" t="s">
         <v>1831</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
         <v>561</v>
       </c>
       <c r="B327">
         <v>4611</v>
       </c>
       <c r="C327" t="s">
         <v>1832</v>
       </c>
       <c r="D327">
         <v>0</v>
       </c>
       <c r="E327" t="s">
         <v>1833</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>561</v>
@@ -23502,170 +23502,170 @@
       </c>
       <c r="B348">
         <v>7860</v>
       </c>
       <c r="C348" t="s">
         <v>717</v>
       </c>
       <c r="D348">
         <v>0</v>
       </c>
       <c r="E348" t="s">
         <v>1867</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" t="s">
         <v>714</v>
       </c>
       <c r="B349">
         <v>4646</v>
       </c>
       <c r="C349" t="s">
         <v>719</v>
       </c>
       <c r="D349">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E349" t="s">
         <v>1868</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" t="s">
         <v>714</v>
       </c>
       <c r="B350">
         <v>4648</v>
       </c>
       <c r="C350" t="s">
         <v>721</v>
       </c>
       <c r="D350">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E350" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" t="s">
         <v>714</v>
       </c>
       <c r="B351">
         <v>4650</v>
       </c>
       <c r="C351" t="s">
         <v>723</v>
       </c>
       <c r="D351">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="E351" t="s">
         <v>1870</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" t="s">
         <v>714</v>
       </c>
       <c r="B352">
         <v>4652</v>
       </c>
       <c r="C352" t="s">
         <v>725</v>
       </c>
       <c r="D352">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="E352" t="s">
         <v>1871</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" t="s">
         <v>714</v>
       </c>
       <c r="B353">
         <v>4654</v>
       </c>
       <c r="C353" t="s">
         <v>727</v>
       </c>
       <c r="D353">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="E353" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" t="s">
         <v>714</v>
       </c>
       <c r="B354">
         <v>4655</v>
       </c>
       <c r="C354" t="s">
         <v>729</v>
       </c>
       <c r="D354">
-        <v>775</v>
+        <v>790</v>
       </c>
       <c r="E354" t="s">
         <v>1873</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" t="s">
         <v>714</v>
       </c>
       <c r="B355">
         <v>4658</v>
       </c>
       <c r="C355" t="s">
         <v>731</v>
       </c>
       <c r="D355">
-        <v>1268</v>
+        <v>1293</v>
       </c>
       <c r="E355" t="s">
         <v>1874</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
         <v>714</v>
       </c>
       <c r="B356">
         <v>4659</v>
       </c>
       <c r="C356" t="s">
         <v>733</v>
       </c>
       <c r="D356">
-        <v>1411</v>
+        <v>1438</v>
       </c>
       <c r="E356" t="s">
         <v>1875</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" t="s">
         <v>735</v>
       </c>
       <c r="B357">
         <v>7935</v>
       </c>
       <c r="C357" t="s">
         <v>736</v>
       </c>
       <c r="D357">
         <v>56</v>
       </c>
       <c r="E357" t="s">
         <v>1876</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" t="s">
         <v>735</v>
@@ -23706,578 +23706,578 @@
       </c>
       <c r="B360">
         <v>7670</v>
       </c>
       <c r="C360" t="s">
         <v>1880</v>
       </c>
       <c r="D360">
         <v>107</v>
       </c>
       <c r="E360" t="s">
         <v>1881</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" t="s">
         <v>714</v>
       </c>
       <c r="B361">
         <v>4643</v>
       </c>
       <c r="C361" t="s">
         <v>744</v>
       </c>
       <c r="D361">
-        <v>2125</v>
+        <v>2166</v>
       </c>
       <c r="E361" t="s">
         <v>1882</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
         <v>699</v>
       </c>
       <c r="B362">
         <v>4938</v>
       </c>
       <c r="C362" t="s">
         <v>746</v>
       </c>
       <c r="D362">
-        <v>1757</v>
+        <v>1791</v>
       </c>
       <c r="E362" t="s">
         <v>1883</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
         <v>699</v>
       </c>
       <c r="B363">
         <v>4645</v>
       </c>
       <c r="C363" t="s">
         <v>748</v>
       </c>
       <c r="D363">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E363" t="s">
         <v>1884</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
         <v>699</v>
       </c>
       <c r="B364">
         <v>4647</v>
       </c>
       <c r="C364" t="s">
         <v>750</v>
       </c>
       <c r="D364">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E364" t="s">
         <v>1885</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
         <v>699</v>
       </c>
       <c r="B365">
         <v>4649</v>
       </c>
       <c r="C365" t="s">
         <v>752</v>
       </c>
       <c r="D365">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="E365" t="s">
         <v>1886</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
         <v>699</v>
       </c>
       <c r="B366">
         <v>4651</v>
       </c>
       <c r="C366" t="s">
         <v>754</v>
       </c>
       <c r="D366">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="E366" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
         <v>699</v>
       </c>
       <c r="B367">
         <v>4653</v>
       </c>
       <c r="C367" t="s">
         <v>756</v>
       </c>
       <c r="D367">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="E367" t="s">
         <v>1888</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
         <v>699</v>
       </c>
       <c r="B368">
         <v>4656</v>
       </c>
       <c r="C368" t="s">
         <v>758</v>
       </c>
       <c r="D368">
-        <v>629</v>
+        <v>641</v>
       </c>
       <c r="E368" t="s">
         <v>1889</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" t="s">
         <v>699</v>
       </c>
       <c r="B369">
         <v>4657</v>
       </c>
       <c r="C369" t="s">
         <v>760</v>
       </c>
       <c r="D369">
-        <v>813</v>
+        <v>829</v>
       </c>
       <c r="E369" t="s">
         <v>1890</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" t="s">
         <v>699</v>
       </c>
       <c r="B370">
         <v>4937</v>
       </c>
       <c r="C370" t="s">
         <v>762</v>
       </c>
       <c r="D370">
-        <v>1303</v>
+        <v>1328</v>
       </c>
       <c r="E370" t="s">
         <v>1891</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" t="s">
         <v>735</v>
       </c>
       <c r="B371">
         <v>4660</v>
       </c>
       <c r="C371" t="s">
         <v>1892</v>
       </c>
       <c r="D371">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E371" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" t="s">
         <v>735</v>
       </c>
       <c r="B372">
         <v>4661</v>
       </c>
       <c r="C372" t="s">
         <v>1894</v>
       </c>
       <c r="D372">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E372" t="s">
         <v>1895</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" t="s">
         <v>735</v>
       </c>
       <c r="B373">
         <v>4662</v>
       </c>
       <c r="C373" t="s">
         <v>1896</v>
       </c>
       <c r="D373">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="E373" t="s">
         <v>1897</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>735</v>
       </c>
       <c r="B374">
         <v>4663</v>
       </c>
       <c r="C374" t="s">
         <v>1898</v>
       </c>
       <c r="D374">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="E374" t="s">
         <v>1899</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>735</v>
       </c>
       <c r="B375">
         <v>4664</v>
       </c>
       <c r="C375" t="s">
         <v>1900</v>
       </c>
       <c r="D375">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="E375" t="s">
         <v>1901</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>735</v>
       </c>
       <c r="B376">
         <v>4665</v>
       </c>
       <c r="C376" t="s">
         <v>1902</v>
       </c>
       <c r="D376">
-        <v>954</v>
+        <v>972</v>
       </c>
       <c r="E376" t="s">
         <v>1903</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>735</v>
       </c>
       <c r="B377">
         <v>5597</v>
       </c>
       <c r="C377" t="s">
         <v>1904</v>
       </c>
       <c r="D377">
-        <v>1359</v>
+        <v>1386</v>
       </c>
       <c r="E377" t="s">
         <v>1905</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>735</v>
       </c>
       <c r="B378">
         <v>5598</v>
       </c>
       <c r="C378" t="s">
         <v>1906</v>
       </c>
       <c r="D378">
-        <v>2012</v>
+        <v>2051</v>
       </c>
       <c r="E378" t="s">
         <v>1907</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" t="s">
         <v>735</v>
       </c>
       <c r="B379">
         <v>5599</v>
       </c>
       <c r="C379" t="s">
         <v>1908</v>
       </c>
       <c r="D379">
-        <v>2754</v>
+        <v>2807</v>
       </c>
       <c r="E379" t="s">
         <v>1909</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" t="s">
         <v>735</v>
       </c>
       <c r="B380">
         <v>6607</v>
       </c>
       <c r="C380" t="s">
         <v>1910</v>
       </c>
       <c r="D380">
-        <v>1577</v>
+        <v>1608</v>
       </c>
       <c r="E380" t="s">
         <v>1911</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" t="s">
         <v>735</v>
       </c>
       <c r="B381">
         <v>4667</v>
       </c>
       <c r="C381" t="s">
         <v>1912</v>
       </c>
       <c r="D381">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E381" t="s">
         <v>1913</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" t="s">
         <v>735</v>
       </c>
       <c r="B382">
         <v>4668</v>
       </c>
       <c r="C382" t="s">
         <v>1914</v>
       </c>
       <c r="D382">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E382" t="s">
         <v>1915</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" t="s">
         <v>735</v>
       </c>
       <c r="B383">
         <v>4669</v>
       </c>
       <c r="C383" t="s">
         <v>1916</v>
       </c>
       <c r="D383">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="E383" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" t="s">
         <v>735</v>
       </c>
       <c r="B384">
         <v>4670</v>
       </c>
       <c r="C384" t="s">
         <v>1918</v>
       </c>
       <c r="D384">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="E384" t="s">
         <v>1919</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" t="s">
         <v>735</v>
       </c>
       <c r="B385">
         <v>4671</v>
       </c>
       <c r="C385" t="s">
         <v>1920</v>
       </c>
       <c r="D385">
-        <v>671</v>
+        <v>684</v>
       </c>
       <c r="E385" t="s">
         <v>1921</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" t="s">
         <v>735</v>
       </c>
       <c r="B386">
         <v>4672</v>
       </c>
       <c r="C386" t="s">
         <v>1922</v>
       </c>
       <c r="D386">
-        <v>989</v>
+        <v>1008</v>
       </c>
       <c r="E386" t="s">
         <v>1923</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" t="s">
         <v>735</v>
       </c>
       <c r="B387">
         <v>4673</v>
       </c>
       <c r="C387" t="s">
         <v>796</v>
       </c>
       <c r="D387">
         <v>0</v>
       </c>
       <c r="E387" t="s">
         <v>1924</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" t="s">
         <v>735</v>
       </c>
       <c r="B388">
         <v>6082</v>
       </c>
       <c r="C388" t="s">
         <v>1925</v>
       </c>
       <c r="D388">
-        <v>2080</v>
+        <v>2120</v>
       </c>
       <c r="E388" t="s">
         <v>1926</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" t="s">
         <v>735</v>
       </c>
       <c r="B389">
         <v>6083</v>
       </c>
       <c r="C389" t="s">
         <v>1927</v>
       </c>
       <c r="D389">
-        <v>2766</v>
+        <v>2819</v>
       </c>
       <c r="E389" t="s">
         <v>1928</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" t="s">
         <v>802</v>
       </c>
       <c r="B390">
         <v>4666</v>
       </c>
       <c r="C390" t="s">
         <v>803</v>
       </c>
       <c r="D390">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E390" t="s">
         <v>1929</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" t="s">
         <v>484</v>
       </c>
       <c r="B391">
         <v>5790</v>
       </c>
       <c r="C391" t="s">
         <v>1930</v>
       </c>
       <c r="D391">
         <v>5674</v>
       </c>
       <c r="E391" t="s">
         <v>1931</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" t="s">
         <v>807</v>
       </c>
       <c r="B392">
         <v>4676</v>
       </c>
       <c r="C392" t="s">
         <v>1932</v>
       </c>
       <c r="D392">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E392" t="s">
         <v>1933</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" t="s">
         <v>807</v>
       </c>
       <c r="B393">
         <v>4678</v>
       </c>
       <c r="C393" t="s">
         <v>1934</v>
       </c>
       <c r="D393">
         <v>20</v>
       </c>
       <c r="E393" t="s">
         <v>1935</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
         <v>807</v>
@@ -24318,544 +24318,544 @@
       </c>
       <c r="B396">
         <v>4707</v>
       </c>
       <c r="C396" t="s">
         <v>1940</v>
       </c>
       <c r="D396">
         <v>21</v>
       </c>
       <c r="E396" t="s">
         <v>1941</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" t="s">
         <v>807</v>
       </c>
       <c r="B397">
         <v>5055</v>
       </c>
       <c r="C397" t="s">
         <v>1942</v>
       </c>
       <c r="D397">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E397" t="s">
         <v>1943</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" t="s">
         <v>807</v>
       </c>
       <c r="B398">
         <v>4675</v>
       </c>
       <c r="C398" t="s">
         <v>1932</v>
       </c>
       <c r="D398">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E398" t="s">
         <v>1944</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" t="s">
         <v>807</v>
       </c>
       <c r="B399">
         <v>4677</v>
       </c>
       <c r="C399" t="s">
         <v>1934</v>
       </c>
       <c r="D399">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E399" t="s">
         <v>1945</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" t="s">
         <v>807</v>
       </c>
       <c r="B400">
         <v>4679</v>
       </c>
       <c r="C400" t="s">
         <v>1936</v>
       </c>
       <c r="D400">
         <v>34</v>
       </c>
       <c r="E400" t="s">
         <v>1946</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" t="s">
         <v>807</v>
       </c>
       <c r="B401">
         <v>4680</v>
       </c>
       <c r="C401" t="s">
         <v>1947</v>
       </c>
       <c r="D401">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E401" t="s">
         <v>1948</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" t="s">
         <v>807</v>
       </c>
       <c r="B402">
         <v>4681</v>
       </c>
       <c r="C402" t="s">
         <v>1949</v>
       </c>
       <c r="D402">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E402" t="s">
         <v>1950</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" t="s">
         <v>807</v>
       </c>
       <c r="B403">
         <v>4682</v>
       </c>
       <c r="C403" t="s">
         <v>1951</v>
       </c>
       <c r="D403">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="E403" t="s">
         <v>1952</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" t="s">
         <v>807</v>
       </c>
       <c r="B404">
         <v>5130</v>
       </c>
       <c r="C404" t="s">
         <v>1953</v>
       </c>
       <c r="D404">
-        <v>415</v>
+        <v>423</v>
       </c>
       <c r="E404" t="s">
         <v>1954</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" t="s">
         <v>807</v>
       </c>
       <c r="B405">
         <v>4683</v>
       </c>
       <c r="C405" t="s">
         <v>1955</v>
       </c>
       <c r="D405">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="E405" t="s">
         <v>1956</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" t="s">
         <v>807</v>
       </c>
       <c r="B406">
         <v>4674</v>
       </c>
       <c r="C406" t="s">
         <v>1957</v>
       </c>
       <c r="D406">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="E406" t="s">
         <v>1958</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" t="s">
         <v>807</v>
       </c>
       <c r="B407">
         <v>8882</v>
       </c>
       <c r="C407" t="s">
         <v>1959</v>
       </c>
       <c r="D407">
         <v>0</v>
       </c>
       <c r="E407" t="s">
         <v>1960</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" t="s">
         <v>807</v>
       </c>
       <c r="B408">
         <v>4689</v>
       </c>
       <c r="C408" t="s">
         <v>1938</v>
       </c>
       <c r="D408">
         <v>13</v>
       </c>
       <c r="E408" t="s">
         <v>1961</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" t="s">
         <v>807</v>
       </c>
       <c r="B409">
         <v>4701</v>
       </c>
       <c r="C409" t="s">
         <v>1940</v>
       </c>
       <c r="D409">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E409" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" t="s">
         <v>807</v>
       </c>
       <c r="B410">
         <v>4714</v>
       </c>
       <c r="C410" t="s">
         <v>1942</v>
       </c>
       <c r="D410">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E410" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" t="s">
         <v>807</v>
       </c>
       <c r="B411">
         <v>4719</v>
       </c>
       <c r="C411" t="s">
         <v>1964</v>
       </c>
       <c r="D411">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E411" t="s">
         <v>1965</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" t="s">
         <v>807</v>
       </c>
       <c r="B412">
         <v>4720</v>
       </c>
       <c r="C412" t="s">
         <v>1966</v>
       </c>
       <c r="D412">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E412" t="s">
         <v>1967</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" t="s">
         <v>807</v>
       </c>
       <c r="B413">
         <v>4721</v>
       </c>
       <c r="C413" t="s">
         <v>1968</v>
       </c>
       <c r="D413">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="E413" t="s">
         <v>1969</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" t="s">
         <v>807</v>
       </c>
       <c r="B414">
         <v>4722</v>
       </c>
       <c r="C414" t="s">
         <v>1970</v>
       </c>
       <c r="D414">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="E414" t="s">
         <v>1971</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" t="s">
         <v>807</v>
       </c>
       <c r="B415">
         <v>4723</v>
       </c>
       <c r="C415" t="s">
         <v>1972</v>
       </c>
       <c r="D415">
-        <v>757</v>
+        <v>771</v>
       </c>
       <c r="E415" t="s">
         <v>1973</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" t="s">
         <v>807</v>
       </c>
       <c r="B416">
         <v>4684</v>
       </c>
       <c r="C416" t="s">
         <v>1974</v>
       </c>
       <c r="D416">
-        <v>956</v>
+        <v>974</v>
       </c>
       <c r="E416" t="s">
         <v>1975</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" t="s">
         <v>807</v>
       </c>
       <c r="B417">
         <v>4700</v>
       </c>
       <c r="C417" t="s">
         <v>1976</v>
       </c>
       <c r="D417">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E417" t="s">
         <v>1977</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" t="s">
         <v>807</v>
       </c>
       <c r="B418">
         <v>4710</v>
       </c>
       <c r="C418" t="s">
         <v>1978</v>
       </c>
       <c r="D418">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E418" t="s">
         <v>1979</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" t="s">
         <v>807</v>
       </c>
       <c r="B419">
         <v>4711</v>
       </c>
       <c r="C419" t="s">
         <v>1980</v>
       </c>
       <c r="D419">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E419" t="s">
         <v>1981</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" t="s">
         <v>807</v>
       </c>
       <c r="B420">
         <v>4685</v>
       </c>
       <c r="C420" t="s">
         <v>1982</v>
       </c>
       <c r="D420">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E420" t="s">
         <v>1983</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" t="s">
         <v>807</v>
       </c>
       <c r="B421">
         <v>4687</v>
       </c>
       <c r="C421" t="s">
         <v>1984</v>
       </c>
       <c r="D421">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="E421" t="s">
         <v>1985</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" t="s">
         <v>807</v>
       </c>
       <c r="B422">
         <v>12303</v>
       </c>
       <c r="C422" t="s">
         <v>1986</v>
       </c>
       <c r="D422">
         <v>91</v>
       </c>
       <c r="E422" t="s">
         <v>1987</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" t="s">
         <v>807</v>
       </c>
       <c r="B423">
         <v>4696</v>
       </c>
       <c r="C423" t="s">
         <v>1988</v>
       </c>
       <c r="D423">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E423" t="s">
         <v>1989</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" t="s">
         <v>807</v>
       </c>
       <c r="B424">
         <v>4698</v>
       </c>
       <c r="C424" t="s">
         <v>1990</v>
       </c>
       <c r="D424">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="E424" t="s">
         <v>1991</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" t="s">
         <v>807</v>
       </c>
       <c r="B425">
         <v>4702</v>
       </c>
       <c r="C425" t="s">
         <v>1992</v>
       </c>
       <c r="D425">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E425" t="s">
         <v>1993</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" t="s">
         <v>807</v>
       </c>
       <c r="B426">
         <v>4705</v>
       </c>
       <c r="C426" t="s">
         <v>1994</v>
       </c>
       <c r="D426">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="E426" t="s">
         <v>1995</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" t="s">
         <v>807</v>
       </c>
       <c r="B427">
         <v>4820</v>
       </c>
       <c r="C427" t="s">
         <v>1996</v>
       </c>
       <c r="D427">
         <v>64</v>
       </c>
       <c r="E427" t="s">
         <v>1997</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" t="s">
         <v>807</v>
@@ -24896,255 +24896,255 @@
       </c>
       <c r="B430">
         <v>4713</v>
       </c>
       <c r="C430" t="s">
         <v>2002</v>
       </c>
       <c r="D430">
         <v>108</v>
       </c>
       <c r="E430" t="s">
         <v>2003</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" t="s">
         <v>807</v>
       </c>
       <c r="B431">
         <v>6630</v>
       </c>
       <c r="C431" t="s">
         <v>2004</v>
       </c>
       <c r="D431">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="E431" t="s">
         <v>2005</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" t="s">
         <v>807</v>
       </c>
       <c r="B432">
         <v>4708</v>
       </c>
       <c r="C432" t="s">
         <v>2006</v>
       </c>
       <c r="D432">
         <v>0</v>
       </c>
       <c r="E432" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" t="s">
         <v>807</v>
       </c>
       <c r="B433">
         <v>6631</v>
       </c>
       <c r="C433" t="s">
         <v>2008</v>
       </c>
       <c r="D433">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="E433" t="s">
         <v>2009</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" t="s">
         <v>807</v>
       </c>
       <c r="B434">
         <v>4709</v>
       </c>
       <c r="C434" t="s">
         <v>2010</v>
       </c>
       <c r="D434">
         <v>157</v>
       </c>
       <c r="E434" t="s">
         <v>2011</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" t="s">
         <v>807</v>
       </c>
       <c r="B435">
         <v>4716</v>
       </c>
       <c r="C435" t="s">
         <v>2012</v>
       </c>
       <c r="D435">
         <v>268</v>
       </c>
       <c r="E435" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" t="s">
         <v>536</v>
       </c>
       <c r="B436">
         <v>4799</v>
       </c>
       <c r="C436" t="s">
         <v>2014</v>
       </c>
       <c r="D436">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="E436" t="s">
         <v>2015</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" t="s">
         <v>807</v>
       </c>
       <c r="B437">
         <v>4686</v>
       </c>
       <c r="C437" t="s">
         <v>2016</v>
       </c>
       <c r="D437">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E437" t="s">
         <v>2017</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" t="s">
         <v>807</v>
       </c>
       <c r="B438">
         <v>4691</v>
       </c>
       <c r="C438" t="s">
         <v>2018</v>
       </c>
       <c r="D438">
         <v>82</v>
       </c>
       <c r="E438" t="s">
         <v>2019</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" t="s">
         <v>807</v>
       </c>
       <c r="B439">
         <v>4697</v>
       </c>
       <c r="C439" t="s">
         <v>2020</v>
       </c>
       <c r="D439">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="E439" t="s">
         <v>2021</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" t="s">
         <v>807</v>
       </c>
       <c r="B440">
         <v>4703</v>
       </c>
       <c r="C440" t="s">
         <v>2022</v>
       </c>
       <c r="D440">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="E440" t="s">
         <v>2023</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" t="s">
         <v>807</v>
       </c>
       <c r="B441">
         <v>5778</v>
       </c>
       <c r="C441" t="s">
         <v>2024</v>
       </c>
       <c r="D441">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="E441" t="s">
         <v>2025</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" t="s">
         <v>807</v>
       </c>
       <c r="B442">
         <v>5779</v>
       </c>
       <c r="C442" t="s">
         <v>2026</v>
       </c>
       <c r="D442">
         <v>107</v>
       </c>
       <c r="E442" t="s">
         <v>2027</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" t="s">
         <v>807</v>
       </c>
       <c r="B443">
         <v>4688</v>
       </c>
       <c r="C443" t="s">
         <v>2028</v>
       </c>
       <c r="D443">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E443" t="s">
         <v>2029</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>807</v>
       </c>
       <c r="B444">
         <v>4699</v>
       </c>
       <c r="C444" t="s">
         <v>2030</v>
       </c>
       <c r="D444">
         <v>157</v>
       </c>
       <c r="E444" t="s">
         <v>2031</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" t="s">
         <v>807</v>
@@ -25219,51 +25219,51 @@
       </c>
       <c r="B449">
         <v>5782</v>
       </c>
       <c r="C449" t="s">
         <v>2039</v>
       </c>
       <c r="D449">
         <v>223</v>
       </c>
       <c r="E449" t="s">
         <v>2040</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" t="s">
         <v>807</v>
       </c>
       <c r="B450">
         <v>5783</v>
       </c>
       <c r="C450" t="s">
         <v>2041</v>
       </c>
       <c r="D450">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="E450" t="s">
         <v>2042</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" t="s">
         <v>807</v>
       </c>
       <c r="B451">
         <v>4704</v>
       </c>
       <c r="C451" t="s">
         <v>2041</v>
       </c>
       <c r="D451">
         <v>73</v>
       </c>
       <c r="E451" t="s">
         <v>2043</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" t="s">
         <v>928</v>
@@ -25576,204 +25576,204 @@
       </c>
       <c r="B470">
         <v>8242</v>
       </c>
       <c r="C470" t="s">
         <v>2080</v>
       </c>
       <c r="D470">
         <v>343</v>
       </c>
       <c r="E470" t="s">
         <v>2081</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>959</v>
       </c>
       <c r="B471">
         <v>4738</v>
       </c>
       <c r="C471" t="s">
         <v>2082</v>
       </c>
       <c r="D471">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="E471" t="s">
         <v>2083</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
         <v>959</v>
       </c>
       <c r="B472">
         <v>4739</v>
       </c>
       <c r="C472" t="s">
         <v>2084</v>
       </c>
       <c r="D472">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="E472" t="s">
         <v>2085</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
         <v>959</v>
       </c>
       <c r="B473">
         <v>4740</v>
       </c>
       <c r="C473" t="s">
         <v>2086</v>
       </c>
       <c r="D473">
-        <v>553</v>
+        <v>564</v>
       </c>
       <c r="E473" t="s">
         <v>2087</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
         <v>959</v>
       </c>
       <c r="B474">
         <v>4741</v>
       </c>
       <c r="C474" t="s">
         <v>2088</v>
       </c>
       <c r="D474">
-        <v>897</v>
+        <v>915</v>
       </c>
       <c r="E474" t="s">
         <v>2089</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
         <v>959</v>
       </c>
       <c r="B475">
         <v>4742</v>
       </c>
       <c r="C475" t="s">
         <v>2090</v>
       </c>
       <c r="D475">
-        <v>1496</v>
+        <v>1524</v>
       </c>
       <c r="E475" t="s">
         <v>2091</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
         <v>959</v>
       </c>
       <c r="B476">
         <v>4743</v>
       </c>
       <c r="C476" t="s">
         <v>2092</v>
       </c>
       <c r="D476">
-        <v>2787</v>
+        <v>2841</v>
       </c>
       <c r="E476" t="s">
         <v>2093</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
         <v>959</v>
       </c>
       <c r="B477">
         <v>4954</v>
       </c>
       <c r="C477" t="s">
         <v>2094</v>
       </c>
       <c r="D477">
-        <v>5067</v>
+        <v>5164</v>
       </c>
       <c r="E477" t="s">
         <v>2095</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>959</v>
       </c>
       <c r="B478">
         <v>4744</v>
       </c>
       <c r="C478" t="s">
         <v>2096</v>
       </c>
       <c r="D478">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E478" t="s">
         <v>2097</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" t="s">
         <v>959</v>
       </c>
       <c r="B479">
         <v>4745</v>
       </c>
       <c r="C479" t="s">
         <v>2098</v>
       </c>
       <c r="D479">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="E479" t="s">
         <v>2099</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" t="s">
         <v>959</v>
       </c>
       <c r="B480">
         <v>4746</v>
       </c>
       <c r="C480" t="s">
         <v>2100</v>
       </c>
       <c r="D480">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="E480" t="s">
         <v>2101</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" t="s">
         <v>959</v>
       </c>
       <c r="B481">
         <v>5647</v>
       </c>
       <c r="C481" t="s">
         <v>2102</v>
       </c>
       <c r="D481">
         <v>231</v>
       </c>
       <c r="E481" t="s">
         <v>2103</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" t="s">
         <v>959</v>
@@ -25848,68 +25848,68 @@
       </c>
       <c r="B486">
         <v>4767</v>
       </c>
       <c r="C486" t="s">
         <v>2112</v>
       </c>
       <c r="D486">
         <v>145</v>
       </c>
       <c r="E486" t="s">
         <v>2113</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" t="s">
         <v>327</v>
       </c>
       <c r="B487">
         <v>14781</v>
       </c>
       <c r="C487" t="s">
         <v>1645</v>
       </c>
       <c r="D487">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="E487" t="s">
         <v>2114</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" t="s">
         <v>484</v>
       </c>
       <c r="B488">
         <v>14782</v>
       </c>
       <c r="C488" t="s">
         <v>2115</v>
       </c>
       <c r="D488">
-        <v>1948</v>
+        <v>1985</v>
       </c>
       <c r="E488" t="s">
         <v>2116</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" t="s">
         <v>279</v>
       </c>
       <c r="B489">
         <v>15676</v>
       </c>
       <c r="C489" t="s">
         <v>2117</v>
       </c>
       <c r="D489">
         <v>5</v>
       </c>
       <c r="E489" t="s">
         <v>2118</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" t="s">
         <v>1006</v>
@@ -26103,68 +26103,68 @@
       </c>
       <c r="B501">
         <v>4559</v>
       </c>
       <c r="C501" t="s">
         <v>2141</v>
       </c>
       <c r="D501">
         <v>104</v>
       </c>
       <c r="E501" t="s">
         <v>2142</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" t="s">
         <v>807</v>
       </c>
       <c r="B502">
         <v>5784</v>
       </c>
       <c r="C502" t="s">
         <v>2143</v>
       </c>
       <c r="D502">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E502" t="s">
         <v>2144</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" t="s">
         <v>807</v>
       </c>
       <c r="B503">
         <v>5785</v>
       </c>
       <c r="C503" t="s">
         <v>2145</v>
       </c>
       <c r="D503">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E503" t="s">
         <v>2146</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" t="s">
         <v>807</v>
       </c>
       <c r="B504">
         <v>5786</v>
       </c>
       <c r="C504" t="s">
         <v>2147</v>
       </c>
       <c r="D504">
         <v>66</v>
       </c>
       <c r="E504" t="s">
         <v>2148</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" t="s">
         <v>807</v>
@@ -26256,272 +26256,272 @@
       </c>
       <c r="B510">
         <v>4948</v>
       </c>
       <c r="C510" t="s">
         <v>2158</v>
       </c>
       <c r="D510">
         <v>0</v>
       </c>
       <c r="E510" t="s">
         <v>2159</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" t="s">
         <v>5</v>
       </c>
       <c r="B511">
         <v>28885</v>
       </c>
       <c r="C511" t="s">
         <v>2160</v>
       </c>
       <c r="D511">
-        <v>10065</v>
+        <v>10259</v>
       </c>
       <c r="E511" t="s">
         <v>2161</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" t="s">
         <v>807</v>
       </c>
       <c r="B512">
         <v>36066</v>
       </c>
       <c r="C512" t="s">
         <v>2162</v>
       </c>
       <c r="D512">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E512" t="s">
         <v>2163</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" t="s">
         <v>254</v>
       </c>
       <c r="B513">
         <v>16252</v>
       </c>
       <c r="C513" t="s">
         <v>2164</v>
       </c>
       <c r="D513">
         <v>677</v>
       </c>
       <c r="E513" t="s">
         <v>2165</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" t="s">
         <v>735</v>
       </c>
       <c r="B514">
         <v>36048</v>
       </c>
       <c r="C514" t="s">
         <v>2166</v>
       </c>
       <c r="D514">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="E514" t="s">
         <v>2167</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" t="s">
         <v>5</v>
       </c>
       <c r="B515">
         <v>36124</v>
       </c>
       <c r="C515" t="s">
         <v>2168</v>
       </c>
       <c r="D515">
         <v>16840</v>
       </c>
       <c r="E515" t="s">
         <v>2169</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" t="s">
         <v>807</v>
       </c>
       <c r="B516">
         <v>36078</v>
       </c>
       <c r="C516" t="s">
         <v>2170</v>
       </c>
       <c r="D516">
-        <v>102</v>
+        <v>128</v>
       </c>
       <c r="E516" t="s">
         <v>2171</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" t="s">
         <v>536</v>
       </c>
       <c r="B517">
         <v>36080</v>
       </c>
       <c r="C517" t="s">
         <v>2172</v>
       </c>
       <c r="D517">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E517" t="s">
         <v>2173</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" t="s">
         <v>807</v>
       </c>
       <c r="B518">
         <v>36064</v>
       </c>
       <c r="C518" t="s">
         <v>2174</v>
       </c>
       <c r="D518">
         <v>13</v>
       </c>
       <c r="E518" t="s">
         <v>2175</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" t="s">
         <v>714</v>
       </c>
       <c r="B519">
         <v>36042</v>
       </c>
       <c r="C519" t="s">
         <v>2176</v>
       </c>
       <c r="D519">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="E519" t="s">
         <v>2177</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" t="s">
         <v>5</v>
       </c>
       <c r="B520">
         <v>36125</v>
       </c>
       <c r="C520" t="s">
         <v>2178</v>
       </c>
       <c r="D520">
         <v>19318</v>
       </c>
       <c r="E520" t="s">
         <v>2179</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" t="s">
         <v>735</v>
       </c>
       <c r="B521">
         <v>36045</v>
       </c>
       <c r="C521" t="s">
         <v>2180</v>
       </c>
       <c r="D521">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="E521" t="s">
         <v>2181</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" t="s">
         <v>497</v>
       </c>
       <c r="B522">
         <v>36103</v>
       </c>
       <c r="C522" t="s">
         <v>2182</v>
       </c>
       <c r="D522">
         <v>32</v>
       </c>
       <c r="E522" t="s">
         <v>2183</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" t="s">
         <v>327</v>
       </c>
       <c r="B523">
         <v>36093</v>
       </c>
       <c r="C523" t="s">
         <v>2184</v>
       </c>
       <c r="D523">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E523" t="s">
         <v>2185</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" t="s">
         <v>807</v>
       </c>
       <c r="B524">
         <v>36073</v>
       </c>
       <c r="C524" t="s">
         <v>2186</v>
       </c>
       <c r="D524">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="E524" t="s">
         <v>2187</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" t="s">
         <v>807</v>
       </c>
       <c r="B525">
         <v>36069</v>
       </c>
       <c r="C525" t="s">
         <v>2188</v>
       </c>
       <c r="D525">
         <v>35</v>
       </c>
       <c r="E525" t="s">
         <v>2189</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" t="s">
         <v>279</v>
@@ -26545,68 +26545,68 @@
       </c>
       <c r="B527">
         <v>36111</v>
       </c>
       <c r="C527" t="s">
         <v>2192</v>
       </c>
       <c r="D527">
         <v>11</v>
       </c>
       <c r="E527" t="s">
         <v>2193</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" t="s">
         <v>327</v>
       </c>
       <c r="B528">
         <v>36090</v>
       </c>
       <c r="C528" t="s">
         <v>2194</v>
       </c>
       <c r="D528">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E528" t="s">
         <v>2195</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" t="s">
         <v>561</v>
       </c>
       <c r="B529">
         <v>36056</v>
       </c>
       <c r="C529" t="s">
         <v>2196</v>
       </c>
       <c r="D529">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="E529" t="s">
         <v>2197</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" t="s">
         <v>561</v>
       </c>
       <c r="B530">
         <v>36053</v>
       </c>
       <c r="C530" t="s">
         <v>2198</v>
       </c>
       <c r="D530">
         <v>23</v>
       </c>
       <c r="E530" t="s">
         <v>2199</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" t="s">
         <v>327</v>
@@ -26647,221 +26647,221 @@
       </c>
       <c r="B533">
         <v>36123</v>
       </c>
       <c r="C533" t="s">
         <v>2204</v>
       </c>
       <c r="D533">
         <v>281</v>
       </c>
       <c r="E533" t="s">
         <v>2205</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" t="s">
         <v>735</v>
       </c>
       <c r="B534">
         <v>36047</v>
       </c>
       <c r="C534" t="s">
         <v>2206</v>
       </c>
       <c r="D534">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E534" t="s">
         <v>2207</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" t="s">
         <v>959</v>
       </c>
       <c r="B535">
         <v>36120</v>
       </c>
       <c r="C535" t="s">
         <v>2208</v>
       </c>
       <c r="D535">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="E535" t="s">
         <v>2209</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" t="s">
         <v>327</v>
       </c>
       <c r="B536">
         <v>36099</v>
       </c>
       <c r="C536" t="s">
         <v>2210</v>
       </c>
       <c r="D536">
         <v>204</v>
       </c>
       <c r="E536" t="s">
         <v>2211</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" t="s">
         <v>959</v>
       </c>
       <c r="B537">
         <v>36118</v>
       </c>
       <c r="C537" t="s">
         <v>2212</v>
       </c>
       <c r="D537">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="E537" t="s">
         <v>2213</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" t="s">
         <v>807</v>
       </c>
       <c r="B538">
         <v>36067</v>
       </c>
       <c r="C538" t="s">
         <v>2214</v>
       </c>
       <c r="D538">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E538" t="s">
         <v>2215</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" t="s">
         <v>561</v>
       </c>
       <c r="B539">
         <v>36055</v>
       </c>
       <c r="C539" t="s">
         <v>2216</v>
       </c>
       <c r="D539">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E539" t="s">
         <v>2217</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" t="s">
         <v>807</v>
       </c>
       <c r="B540">
         <v>36065</v>
       </c>
       <c r="C540" t="s">
         <v>2218</v>
       </c>
       <c r="D540">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E540" t="s">
         <v>2219</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" t="s">
         <v>959</v>
       </c>
       <c r="B541">
         <v>36119</v>
       </c>
       <c r="C541" t="s">
         <v>2220</v>
       </c>
       <c r="D541">
-        <v>311</v>
+        <v>379</v>
       </c>
       <c r="E541" t="s">
         <v>2221</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" t="s">
         <v>107</v>
       </c>
       <c r="B542">
         <v>36106</v>
       </c>
       <c r="C542" t="s">
         <v>2222</v>
       </c>
       <c r="D542">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E542" t="s">
         <v>2223</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" t="s">
         <v>327</v>
       </c>
       <c r="B543">
         <v>36100</v>
       </c>
       <c r="C543" t="s">
         <v>2224</v>
       </c>
       <c r="D543">
-        <v>207</v>
+        <v>225</v>
       </c>
       <c r="E543" t="s">
         <v>2225</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" t="s">
         <v>107</v>
       </c>
       <c r="B544">
         <v>36107</v>
       </c>
       <c r="C544" t="s">
         <v>2226</v>
       </c>
       <c r="D544">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E544" t="s">
         <v>2227</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" t="s">
         <v>497</v>
       </c>
       <c r="B545">
         <v>36101</v>
       </c>
       <c r="C545" t="s">
         <v>2228</v>
       </c>
       <c r="D545">
         <v>49</v>
       </c>
       <c r="E545" t="s">
         <v>2229</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" t="s">
         <v>807</v>
@@ -26885,153 +26885,153 @@
       </c>
       <c r="B547">
         <v>36114</v>
       </c>
       <c r="C547" t="s">
         <v>2232</v>
       </c>
       <c r="D547">
         <v>740</v>
       </c>
       <c r="E547" t="s">
         <v>2233</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" t="s">
         <v>807</v>
       </c>
       <c r="B548">
         <v>36079</v>
       </c>
       <c r="C548" t="s">
         <v>2234</v>
       </c>
       <c r="D548">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E548" t="s">
         <v>2235</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" t="s">
         <v>714</v>
       </c>
       <c r="B549">
         <v>36040</v>
       </c>
       <c r="C549" t="s">
         <v>2236</v>
       </c>
       <c r="D549">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E549" t="s">
         <v>2237</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" t="s">
         <v>561</v>
       </c>
       <c r="B550">
         <v>36058</v>
       </c>
       <c r="C550" t="s">
         <v>2238</v>
       </c>
       <c r="D550">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E550" t="s">
         <v>2239</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" t="s">
         <v>807</v>
       </c>
       <c r="B551">
         <v>36075</v>
       </c>
       <c r="C551" t="s">
         <v>2240</v>
       </c>
       <c r="D551">
         <v>180</v>
       </c>
       <c r="E551" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" t="s">
         <v>807</v>
       </c>
       <c r="B552">
         <v>36068</v>
       </c>
       <c r="C552" t="s">
         <v>2242</v>
       </c>
       <c r="D552">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E552" t="s">
         <v>2243</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
         <v>561</v>
       </c>
       <c r="B553">
         <v>36059</v>
       </c>
       <c r="C553" t="s">
         <v>2244</v>
       </c>
       <c r="D553">
         <v>417</v>
       </c>
       <c r="E553" t="s">
         <v>2245</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" t="s">
         <v>327</v>
       </c>
       <c r="B554">
         <v>36098</v>
       </c>
       <c r="C554" t="s">
         <v>2246</v>
       </c>
       <c r="D554">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="E554" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" t="s">
         <v>497</v>
       </c>
       <c r="B555">
         <v>36102</v>
       </c>
       <c r="C555" t="s">
         <v>2248</v>
       </c>
       <c r="D555">
         <v>65</v>
       </c>
       <c r="E555" t="s">
         <v>2249</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" t="s">
         <v>327</v>
@@ -27055,731 +27055,731 @@
       </c>
       <c r="B557">
         <v>36054</v>
       </c>
       <c r="C557" t="s">
         <v>2252</v>
       </c>
       <c r="D557">
         <v>39</v>
       </c>
       <c r="E557" t="s">
         <v>2253</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" t="s">
         <v>11</v>
       </c>
       <c r="B558">
         <v>36115</v>
       </c>
       <c r="C558" t="s">
         <v>2254</v>
       </c>
       <c r="D558">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="E558" t="s">
         <v>2255</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" t="s">
         <v>561</v>
       </c>
       <c r="B559">
         <v>36061</v>
       </c>
       <c r="C559" t="s">
         <v>2256</v>
       </c>
       <c r="D559">
         <v>180</v>
       </c>
       <c r="E559" t="s">
         <v>2257</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" t="s">
         <v>327</v>
       </c>
       <c r="B560">
         <v>36089</v>
       </c>
       <c r="C560" t="s">
         <v>2258</v>
       </c>
       <c r="D560">
         <v>25</v>
       </c>
       <c r="E560" t="s">
         <v>2259</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" t="s">
         <v>11</v>
       </c>
       <c r="B561">
         <v>36116</v>
       </c>
       <c r="C561" t="s">
         <v>2260</v>
       </c>
       <c r="D561">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="E561" t="s">
         <v>2261</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" t="s">
         <v>735</v>
       </c>
       <c r="B562">
         <v>36049</v>
       </c>
       <c r="C562" t="s">
         <v>2262</v>
       </c>
       <c r="D562">
         <v>3588</v>
       </c>
       <c r="E562" t="s">
         <v>2263</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" t="s">
         <v>735</v>
       </c>
       <c r="B563">
         <v>36044</v>
       </c>
       <c r="C563" t="s">
         <v>2264</v>
       </c>
       <c r="D563">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="E563" t="s">
         <v>2265</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" t="s">
         <v>327</v>
       </c>
       <c r="B564">
         <v>36097</v>
       </c>
       <c r="C564" t="s">
         <v>2266</v>
       </c>
       <c r="D564">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="E564" t="s">
         <v>2267</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" t="s">
         <v>11</v>
       </c>
       <c r="B565">
         <v>36117</v>
       </c>
       <c r="C565" t="s">
         <v>2268</v>
       </c>
       <c r="D565">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="E565" t="s">
         <v>2269</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" t="s">
         <v>497</v>
       </c>
       <c r="B566">
         <v>36104</v>
       </c>
       <c r="C566" t="s">
         <v>2270</v>
       </c>
       <c r="D566">
         <v>57</v>
       </c>
       <c r="E566" t="s">
         <v>2271</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" t="s">
         <v>107</v>
       </c>
       <c r="B567">
         <v>36108</v>
       </c>
       <c r="C567" t="s">
         <v>2272</v>
       </c>
       <c r="D567">
         <v>16</v>
       </c>
       <c r="E567" t="s">
         <v>2273</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" t="s">
         <v>327</v>
       </c>
       <c r="B568">
         <v>36094</v>
       </c>
       <c r="C568" t="s">
         <v>2274</v>
       </c>
       <c r="D568">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E568" t="s">
         <v>2275</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" t="s">
         <v>327</v>
       </c>
       <c r="B569">
         <v>36086</v>
       </c>
       <c r="C569" t="s">
         <v>2276</v>
       </c>
       <c r="D569">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E569" t="s">
         <v>2277</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" t="s">
         <v>561</v>
       </c>
       <c r="B570">
         <v>36057</v>
       </c>
       <c r="C570" t="s">
         <v>2278</v>
       </c>
       <c r="D570">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E570" t="s">
         <v>2279</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" t="s">
         <v>327</v>
       </c>
       <c r="B571">
         <v>36092</v>
       </c>
       <c r="C571" t="s">
         <v>2280</v>
       </c>
       <c r="D571">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E571" t="s">
         <v>2281</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" t="s">
         <v>561</v>
       </c>
       <c r="B572">
         <v>36062</v>
       </c>
       <c r="C572" t="s">
         <v>2282</v>
       </c>
       <c r="D572">
         <v>245</v>
       </c>
       <c r="E572" t="s">
         <v>2283</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" t="s">
         <v>327</v>
       </c>
       <c r="B573">
         <v>36087</v>
       </c>
       <c r="C573" t="s">
         <v>2284</v>
       </c>
       <c r="D573">
         <v>13</v>
       </c>
       <c r="E573" t="s">
         <v>2285</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" t="s">
         <v>561</v>
       </c>
       <c r="B574">
         <v>36052</v>
       </c>
       <c r="C574" t="s">
         <v>2286</v>
       </c>
       <c r="D574">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E574" t="s">
         <v>2287</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" t="s">
         <v>11</v>
       </c>
       <c r="B575">
         <v>36113</v>
       </c>
       <c r="C575" t="s">
         <v>2288</v>
       </c>
       <c r="D575">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="E575" t="s">
         <v>2289</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" t="s">
         <v>279</v>
       </c>
       <c r="B576">
         <v>36109</v>
       </c>
       <c r="C576" t="s">
         <v>2290</v>
       </c>
       <c r="D576">
         <v>7</v>
       </c>
       <c r="E576" t="s">
         <v>2291</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" t="s">
         <v>714</v>
       </c>
       <c r="B577">
         <v>36041</v>
       </c>
       <c r="C577" t="s">
         <v>2292</v>
       </c>
       <c r="D577">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E577" t="s">
         <v>2293</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" t="s">
         <v>735</v>
       </c>
       <c r="B578">
         <v>36043</v>
       </c>
       <c r="C578" t="s">
         <v>2294</v>
       </c>
       <c r="D578">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E578" t="s">
         <v>2295</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" t="s">
         <v>327</v>
       </c>
       <c r="B579">
         <v>36096</v>
       </c>
       <c r="C579" t="s">
         <v>2296</v>
       </c>
       <c r="D579">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E579" t="s">
         <v>2297</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" t="s">
         <v>327</v>
       </c>
       <c r="B580">
         <v>36088</v>
       </c>
       <c r="C580" t="s">
         <v>2298</v>
       </c>
       <c r="D580">
         <v>21</v>
       </c>
       <c r="E580" t="s">
         <v>2299</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" t="s">
         <v>959</v>
       </c>
       <c r="B581">
         <v>36122</v>
       </c>
       <c r="C581" t="s">
         <v>2300</v>
       </c>
       <c r="D581">
         <v>185</v>
       </c>
       <c r="E581" t="s">
         <v>2301</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" t="s">
         <v>327</v>
       </c>
       <c r="B582">
         <v>36095</v>
       </c>
       <c r="C582" t="s">
         <v>2302</v>
       </c>
       <c r="D582">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E582" t="s">
         <v>2303</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" t="s">
         <v>807</v>
       </c>
       <c r="B583">
         <v>36077</v>
       </c>
       <c r="C583" t="s">
         <v>2304</v>
       </c>
       <c r="D583">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="E583" t="s">
         <v>2305</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" t="s">
         <v>561</v>
       </c>
       <c r="B584">
         <v>36063</v>
       </c>
       <c r="C584" t="s">
         <v>2306</v>
       </c>
       <c r="D584">
         <v>386</v>
       </c>
       <c r="E584" t="s">
         <v>2307</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" t="s">
         <v>327</v>
       </c>
       <c r="B585">
         <v>36091</v>
       </c>
       <c r="C585" t="s">
         <v>2308</v>
       </c>
       <c r="D585">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E585" t="s">
         <v>2309</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" t="s">
         <v>807</v>
       </c>
       <c r="B586">
         <v>36074</v>
       </c>
       <c r="C586" t="s">
         <v>2310</v>
       </c>
       <c r="D586">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="E586" t="s">
         <v>2311</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" t="s">
         <v>959</v>
       </c>
       <c r="B587">
         <v>36121</v>
       </c>
       <c r="C587" t="s">
         <v>2312</v>
       </c>
       <c r="D587">
         <v>149</v>
       </c>
       <c r="E587" t="s">
         <v>2313</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" t="s">
         <v>11</v>
       </c>
       <c r="B588">
         <v>36112</v>
       </c>
       <c r="C588" t="s">
         <v>2314</v>
       </c>
       <c r="D588">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="E588" t="s">
         <v>2315</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" t="s">
         <v>735</v>
       </c>
       <c r="B589">
         <v>36046</v>
       </c>
       <c r="C589" t="s">
         <v>2316</v>
       </c>
       <c r="D589">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E589" t="s">
         <v>2317</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" t="s">
         <v>561</v>
       </c>
       <c r="B590">
         <v>36060</v>
       </c>
       <c r="C590" t="s">
         <v>2318</v>
       </c>
       <c r="D590">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="E590" t="s">
         <v>2319</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" t="s">
         <v>807</v>
       </c>
       <c r="B591">
         <v>36072</v>
       </c>
       <c r="C591" t="s">
         <v>2320</v>
       </c>
       <c r="D591">
         <v>123</v>
       </c>
       <c r="E591" t="s">
         <v>2321</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" t="s">
         <v>497</v>
       </c>
       <c r="B592">
         <v>36105</v>
       </c>
       <c r="C592" t="s">
         <v>2322</v>
       </c>
       <c r="D592">
         <v>128</v>
       </c>
       <c r="E592" t="s">
         <v>2323</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" t="s">
         <v>807</v>
       </c>
       <c r="B593">
         <v>36070</v>
       </c>
       <c r="C593" t="s">
         <v>2324</v>
       </c>
       <c r="D593">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E593" t="s">
         <v>2325</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" t="s">
         <v>327</v>
       </c>
       <c r="B594">
         <v>36084</v>
       </c>
       <c r="C594" t="s">
         <v>2326</v>
       </c>
       <c r="D594">
         <v>14</v>
       </c>
       <c r="E594" t="s">
         <v>2327</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" t="s">
         <v>807</v>
       </c>
       <c r="B595">
         <v>36071</v>
       </c>
       <c r="C595" t="s">
         <v>2328</v>
       </c>
       <c r="D595">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E595" t="s">
         <v>2329</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" t="s">
         <v>807</v>
       </c>
       <c r="B596">
         <v>36081</v>
       </c>
       <c r="C596" t="s">
         <v>2330</v>
       </c>
       <c r="D596">
         <v>151</v>
       </c>
       <c r="E596" t="s">
         <v>2331</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" t="s">
         <v>561</v>
       </c>
       <c r="B597">
         <v>36051</v>
       </c>
       <c r="C597" t="s">
         <v>2332</v>
       </c>
       <c r="D597">
         <v>22</v>
       </c>
       <c r="E597" t="s">
         <v>2333</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" t="s">
         <v>807</v>
       </c>
       <c r="B598">
         <v>36076</v>
       </c>
       <c r="C598" t="s">
         <v>2334</v>
       </c>
       <c r="D598">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="E598" t="s">
         <v>2335</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>