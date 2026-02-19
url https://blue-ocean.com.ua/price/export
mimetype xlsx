--- v1 (2025-11-21)
+++ v2 (2026-02-19)
@@ -7408,306 +7408,306 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>12667</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2">
-        <v>20670</v>
+        <v>21206</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3">
         <v>9357</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3">
         <v>81</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4">
         <v>4427</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4">
-        <v>302</v>
+        <v>325</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5">
         <v>4429</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5">
-        <v>393</v>
+        <v>423</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6">
         <v>4431</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6">
-        <v>611</v>
+        <v>658</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
         <v>4433</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7">
-        <v>1029</v>
+        <v>1108</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>4435</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8">
-        <v>1753</v>
+        <v>1888</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9">
         <v>4437</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9">
-        <v>3150</v>
+        <v>3393</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10">
         <v>8469</v>
       </c>
       <c r="C10" t="s">
         <v>24</v>
       </c>
       <c r="D10">
         <v>67</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
         <v>8468</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11">
         <v>74</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12">
         <v>4428</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12">
-        <v>342</v>
+        <v>368</v>
       </c>
       <c r="E12" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13">
         <v>4430</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13">
-        <v>470</v>
+        <v>506</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14">
         <v>4432</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14">
-        <v>660</v>
+        <v>711</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15">
         <v>4434</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15">
-        <v>1104</v>
+        <v>1190</v>
       </c>
       <c r="E15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16">
         <v>4436</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16">
-        <v>1969</v>
+        <v>2121</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17">
         <v>4438</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17">
-        <v>3772</v>
+        <v>4064</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18">
         <v>5603</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18">
         <v>7</v>
       </c>
       <c r="E18" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>8</v>
@@ -7748,51 +7748,51 @@
       </c>
       <c r="B21">
         <v>5629</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21">
         <v>36</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22">
         <v>5631</v>
       </c>
       <c r="C22" t="s">
         <v>48</v>
       </c>
       <c r="D22">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23">
         <v>5630</v>
       </c>
       <c r="C23" t="s">
         <v>50</v>
       </c>
       <c r="D23">
         <v>36</v>
       </c>
       <c r="E23" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>8</v>
@@ -7850,102 +7850,102 @@
       </c>
       <c r="B27">
         <v>5634</v>
       </c>
       <c r="C27" t="s">
         <v>58</v>
       </c>
       <c r="D27">
         <v>63</v>
       </c>
       <c r="E27" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28">
         <v>5607</v>
       </c>
       <c r="C28" t="s">
         <v>60</v>
       </c>
       <c r="D28">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E28" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29">
         <v>5635</v>
       </c>
       <c r="C29" t="s">
         <v>62</v>
       </c>
       <c r="D29">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E29" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30">
         <v>5636</v>
       </c>
       <c r="C30" t="s">
         <v>64</v>
       </c>
       <c r="D30">
         <v>18</v>
       </c>
       <c r="E30" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31">
         <v>5637</v>
       </c>
       <c r="C31" t="s">
         <v>66</v>
       </c>
       <c r="D31">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E31" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32">
         <v>5638</v>
       </c>
       <c r="C32" t="s">
         <v>68</v>
       </c>
       <c r="D32">
         <v>86</v>
       </c>
       <c r="E32" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>8</v>
@@ -8020,51 +8020,51 @@
       </c>
       <c r="B37">
         <v>5641</v>
       </c>
       <c r="C37" t="s">
         <v>78</v>
       </c>
       <c r="D37">
         <v>125</v>
       </c>
       <c r="E37" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38">
         <v>4797</v>
       </c>
       <c r="C38" t="s">
         <v>81</v>
       </c>
       <c r="D38">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E38" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39">
         <v>4798</v>
       </c>
       <c r="C39" t="s">
         <v>83</v>
       </c>
       <c r="D39">
         <v>4</v>
       </c>
       <c r="E39" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>80</v>
@@ -8241,136 +8241,136 @@
       </c>
       <c r="B50">
         <v>4441</v>
       </c>
       <c r="C50" t="s">
         <v>105</v>
       </c>
       <c r="D50">
         <v>0</v>
       </c>
       <c r="E50" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>107</v>
       </c>
       <c r="B51">
         <v>4443</v>
       </c>
       <c r="C51" t="s">
         <v>108</v>
       </c>
       <c r="D51">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E51" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52">
         <v>4446</v>
       </c>
       <c r="C52" t="s">
         <v>110</v>
       </c>
       <c r="D52">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>107</v>
       </c>
       <c r="B53">
         <v>4448</v>
       </c>
       <c r="C53" t="s">
         <v>112</v>
       </c>
       <c r="D53">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E53" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>107</v>
       </c>
       <c r="B54">
         <v>4449</v>
       </c>
       <c r="C54" t="s">
         <v>114</v>
       </c>
       <c r="D54">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E54" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>107</v>
       </c>
       <c r="B55">
         <v>4450</v>
       </c>
       <c r="C55" t="s">
         <v>116</v>
       </c>
       <c r="D55">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E55" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>107</v>
       </c>
       <c r="B56">
         <v>4451</v>
       </c>
       <c r="C56" t="s">
         <v>118</v>
       </c>
       <c r="D56">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="E56" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>107</v>
       </c>
       <c r="B57">
         <v>4949</v>
       </c>
       <c r="C57" t="s">
         <v>120</v>
       </c>
       <c r="D57">
         <v>64</v>
       </c>
       <c r="E57" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>107</v>
@@ -8394,238 +8394,238 @@
       </c>
       <c r="B59">
         <v>5789</v>
       </c>
       <c r="C59" t="s">
         <v>124</v>
       </c>
       <c r="D59">
         <v>545</v>
       </c>
       <c r="E59" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>107</v>
       </c>
       <c r="B60">
         <v>4444</v>
       </c>
       <c r="C60" t="s">
         <v>126</v>
       </c>
       <c r="D60">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E60" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>107</v>
       </c>
       <c r="B61">
         <v>4445</v>
       </c>
       <c r="C61" t="s">
         <v>128</v>
       </c>
       <c r="D61">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E61" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>107</v>
       </c>
       <c r="B62">
         <v>4447</v>
       </c>
       <c r="C62" t="s">
         <v>130</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
       <c r="E62" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>5</v>
       </c>
       <c r="B63">
         <v>5626</v>
       </c>
       <c r="C63" t="s">
         <v>132</v>
       </c>
       <c r="D63">
-        <v>1032</v>
+        <v>1111</v>
       </c>
       <c r="E63" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>5</v>
       </c>
       <c r="B64">
         <v>5627</v>
       </c>
       <c r="C64" t="s">
         <v>134</v>
       </c>
       <c r="D64">
-        <v>1056</v>
+        <v>1138</v>
       </c>
       <c r="E64" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>80</v>
       </c>
       <c r="B65">
         <v>5770</v>
       </c>
       <c r="C65" t="s">
         <v>136</v>
       </c>
       <c r="D65">
         <v>256</v>
       </c>
       <c r="E65" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>80</v>
       </c>
       <c r="B66">
         <v>5771</v>
       </c>
       <c r="C66" t="s">
         <v>138</v>
       </c>
       <c r="D66">
         <v>318</v>
       </c>
       <c r="E66" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>80</v>
       </c>
       <c r="B67">
         <v>5772</v>
       </c>
       <c r="C67" t="s">
         <v>140</v>
       </c>
       <c r="D67">
-        <v>1002</v>
+        <v>1080</v>
       </c>
       <c r="E67" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>80</v>
       </c>
       <c r="B68">
         <v>5773</v>
       </c>
       <c r="C68" t="s">
         <v>142</v>
       </c>
       <c r="D68">
-        <v>1228</v>
+        <v>1323</v>
       </c>
       <c r="E68" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>80</v>
       </c>
       <c r="B69">
         <v>5774</v>
       </c>
       <c r="C69" t="s">
         <v>144</v>
       </c>
       <c r="D69">
-        <v>1394</v>
+        <v>1502</v>
       </c>
       <c r="E69" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>80</v>
       </c>
       <c r="B70">
         <v>5776</v>
       </c>
       <c r="C70" t="s">
         <v>146</v>
       </c>
       <c r="D70">
-        <v>1688</v>
+        <v>1818</v>
       </c>
       <c r="E70" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>80</v>
       </c>
       <c r="B71">
         <v>5775</v>
       </c>
       <c r="C71" t="s">
         <v>148</v>
       </c>
       <c r="D71">
-        <v>2136</v>
+        <v>2301</v>
       </c>
       <c r="E71" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>5</v>
       </c>
       <c r="B72">
         <v>5610</v>
       </c>
       <c r="C72" t="s">
         <v>150</v>
       </c>
       <c r="D72">
         <v>811</v>
       </c>
       <c r="E72" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>5</v>
@@ -9176,187 +9176,187 @@
       </c>
       <c r="B105">
         <v>4458</v>
       </c>
       <c r="C105" t="s">
         <v>217</v>
       </c>
       <c r="D105">
         <v>330</v>
       </c>
       <c r="E105" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>5</v>
       </c>
       <c r="B106">
         <v>4459</v>
       </c>
       <c r="C106" t="s">
         <v>219</v>
       </c>
       <c r="D106">
-        <v>675</v>
+        <v>727</v>
       </c>
       <c r="E106" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>5</v>
       </c>
       <c r="B107">
         <v>4460</v>
       </c>
       <c r="C107" t="s">
         <v>221</v>
       </c>
       <c r="D107">
-        <v>743</v>
+        <v>800</v>
       </c>
       <c r="E107" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>5</v>
       </c>
       <c r="B108">
         <v>4812</v>
       </c>
       <c r="C108" t="s">
         <v>223</v>
       </c>
       <c r="D108">
-        <v>992</v>
+        <v>1069</v>
       </c>
       <c r="E108" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>5</v>
       </c>
       <c r="B109">
         <v>4813</v>
       </c>
       <c r="C109" t="s">
         <v>225</v>
       </c>
       <c r="D109">
-        <v>1400</v>
+        <v>1509</v>
       </c>
       <c r="E109" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>5</v>
       </c>
       <c r="B110">
         <v>4814</v>
       </c>
       <c r="C110" t="s">
         <v>227</v>
       </c>
       <c r="D110">
-        <v>1926</v>
+        <v>2075</v>
       </c>
       <c r="E110" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>5</v>
       </c>
       <c r="B111">
         <v>4815</v>
       </c>
       <c r="C111" t="s">
         <v>229</v>
       </c>
       <c r="D111">
-        <v>2310</v>
+        <v>2489</v>
       </c>
       <c r="E111" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>5</v>
       </c>
       <c r="B112">
         <v>4928</v>
       </c>
       <c r="C112" t="s">
         <v>231</v>
       </c>
       <c r="D112">
-        <v>2868</v>
+        <v>3090</v>
       </c>
       <c r="E112" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>5</v>
       </c>
       <c r="B113">
         <v>4929</v>
       </c>
       <c r="C113" t="s">
         <v>233</v>
       </c>
       <c r="D113">
-        <v>3842</v>
+        <v>4138</v>
       </c>
       <c r="E113" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>5</v>
       </c>
       <c r="B114">
         <v>4930</v>
       </c>
       <c r="C114" t="s">
         <v>235</v>
       </c>
       <c r="D114">
-        <v>5336</v>
+        <v>5748</v>
       </c>
       <c r="E114" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>237</v>
       </c>
       <c r="B115">
         <v>4464</v>
       </c>
       <c r="C115" t="s">
         <v>238</v>
       </c>
       <c r="D115">
         <v>482</v>
       </c>
       <c r="E115" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>237</v>
@@ -9465,51 +9465,51 @@
       </c>
       <c r="B122">
         <v>5131</v>
       </c>
       <c r="C122" t="s">
         <v>252</v>
       </c>
       <c r="D122">
         <v>0</v>
       </c>
       <c r="E122" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>254</v>
       </c>
       <c r="B123">
         <v>5648</v>
       </c>
       <c r="C123" t="s">
         <v>255</v>
       </c>
       <c r="D123">
-        <v>667</v>
+        <v>688</v>
       </c>
       <c r="E123" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>254</v>
       </c>
       <c r="B124">
         <v>5649</v>
       </c>
       <c r="C124" t="s">
         <v>257</v>
       </c>
       <c r="D124">
         <v>838</v>
       </c>
       <c r="E124" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>254</v>
@@ -9686,102 +9686,102 @@
       </c>
       <c r="B135">
         <v>4470</v>
       </c>
       <c r="C135" t="s">
         <v>280</v>
       </c>
       <c r="D135">
         <v>7</v>
       </c>
       <c r="E135" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>279</v>
       </c>
       <c r="B136">
         <v>4471</v>
       </c>
       <c r="C136" t="s">
         <v>282</v>
       </c>
       <c r="D136">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E136" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>279</v>
       </c>
       <c r="B137">
         <v>4472</v>
       </c>
       <c r="C137" t="s">
         <v>284</v>
       </c>
       <c r="D137">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E137" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>279</v>
       </c>
       <c r="B138">
         <v>4473</v>
       </c>
       <c r="C138" t="s">
         <v>286</v>
       </c>
       <c r="D138">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E138" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>279</v>
       </c>
       <c r="B139">
         <v>4474</v>
       </c>
       <c r="C139" t="s">
         <v>288</v>
       </c>
       <c r="D139">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E139" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>279</v>
       </c>
       <c r="B140">
         <v>4475</v>
       </c>
       <c r="C140" t="s">
         <v>290</v>
       </c>
       <c r="D140">
         <v>27</v>
       </c>
       <c r="E140" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>279</v>
@@ -9822,68 +9822,68 @@
       </c>
       <c r="B143">
         <v>5591</v>
       </c>
       <c r="C143" t="s">
         <v>296</v>
       </c>
       <c r="D143">
         <v>125</v>
       </c>
       <c r="E143" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>279</v>
       </c>
       <c r="B144">
         <v>5021</v>
       </c>
       <c r="C144" t="s">
         <v>298</v>
       </c>
       <c r="D144">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E144" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>279</v>
       </c>
       <c r="B145">
         <v>5034</v>
       </c>
       <c r="C145" t="s">
         <v>300</v>
       </c>
       <c r="D145">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E145" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>279</v>
       </c>
       <c r="B146">
         <v>4476</v>
       </c>
       <c r="C146" t="s">
         <v>302</v>
       </c>
       <c r="D146">
         <v>0</v>
       </c>
       <c r="E146" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>279</v>
@@ -9958,85 +9958,85 @@
       </c>
       <c r="B151">
         <v>4481</v>
       </c>
       <c r="C151" t="s">
         <v>312</v>
       </c>
       <c r="D151">
         <v>23</v>
       </c>
       <c r="E151" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>314</v>
       </c>
       <c r="B152">
         <v>4482</v>
       </c>
       <c r="C152" t="s">
         <v>315</v>
       </c>
       <c r="D152">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E152" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>314</v>
       </c>
       <c r="B153">
         <v>4484</v>
       </c>
       <c r="C153" t="s">
         <v>317</v>
       </c>
       <c r="D153">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E153" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>314</v>
       </c>
       <c r="B154">
         <v>4486</v>
       </c>
       <c r="C154" t="s">
         <v>319</v>
       </c>
       <c r="D154">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E154" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>314</v>
       </c>
       <c r="B155">
         <v>4487</v>
       </c>
       <c r="C155" t="s">
         <v>321</v>
       </c>
       <c r="D155">
         <v>99</v>
       </c>
       <c r="E155" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>314</v>
@@ -10077,1241 +10077,1241 @@
       </c>
       <c r="B158">
         <v>8883</v>
       </c>
       <c r="C158" t="s">
         <v>328</v>
       </c>
       <c r="D158">
         <v>0</v>
       </c>
       <c r="E158" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>327</v>
       </c>
       <c r="B159">
         <v>4492</v>
       </c>
       <c r="C159" t="s">
         <v>330</v>
       </c>
       <c r="D159">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>327</v>
       </c>
       <c r="B160">
         <v>4502</v>
       </c>
       <c r="C160" t="s">
         <v>332</v>
       </c>
       <c r="D160">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E160" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>327</v>
       </c>
       <c r="B161">
         <v>4516</v>
       </c>
       <c r="C161" t="s">
         <v>334</v>
       </c>
       <c r="D161">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E161" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>327</v>
       </c>
       <c r="B162">
         <v>4524</v>
       </c>
       <c r="C162" t="s">
         <v>336</v>
       </c>
       <c r="D162">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E162" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>327</v>
       </c>
       <c r="B163">
         <v>4533</v>
       </c>
       <c r="C163" t="s">
         <v>338</v>
       </c>
       <c r="D163">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E163" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>327</v>
       </c>
       <c r="B164">
         <v>4541</v>
       </c>
       <c r="C164" t="s">
         <v>340</v>
       </c>
       <c r="D164">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="E164" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>327</v>
       </c>
       <c r="B165">
         <v>4548</v>
       </c>
       <c r="C165" t="s">
         <v>342</v>
       </c>
       <c r="D165">
-        <v>284</v>
+        <v>306</v>
       </c>
       <c r="E165" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>327</v>
       </c>
       <c r="B166">
         <v>4553</v>
       </c>
       <c r="C166" t="s">
         <v>344</v>
       </c>
       <c r="D166">
-        <v>284</v>
+        <v>306</v>
       </c>
       <c r="E166" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>327</v>
       </c>
       <c r="B167">
         <v>4554</v>
       </c>
       <c r="C167" t="s">
         <v>346</v>
       </c>
       <c r="D167">
-        <v>523</v>
+        <v>563</v>
       </c>
       <c r="E167" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>327</v>
       </c>
       <c r="B168">
         <v>4501</v>
       </c>
       <c r="C168" t="s">
         <v>348</v>
       </c>
       <c r="D168">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E168" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>327</v>
       </c>
       <c r="B169">
         <v>4511</v>
       </c>
       <c r="C169" t="s">
         <v>350</v>
       </c>
       <c r="D169">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E169" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>327</v>
       </c>
       <c r="B170">
         <v>4512</v>
       </c>
       <c r="C170" t="s">
         <v>352</v>
       </c>
       <c r="D170">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E170" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>327</v>
       </c>
       <c r="B171">
         <v>4521</v>
       </c>
       <c r="C171" t="s">
         <v>354</v>
       </c>
       <c r="D171">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E171" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>327</v>
       </c>
       <c r="B172">
         <v>4522</v>
       </c>
       <c r="C172" t="s">
         <v>356</v>
       </c>
       <c r="D172">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E172" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>327</v>
       </c>
       <c r="B173">
         <v>4523</v>
       </c>
       <c r="C173" t="s">
         <v>358</v>
       </c>
       <c r="D173">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E173" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>327</v>
       </c>
       <c r="B174">
         <v>4529</v>
       </c>
       <c r="C174" t="s">
         <v>360</v>
       </c>
       <c r="D174">
         <v>22</v>
       </c>
       <c r="E174" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>327</v>
       </c>
       <c r="B175">
         <v>4530</v>
       </c>
       <c r="C175" t="s">
         <v>362</v>
       </c>
       <c r="D175">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E175" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>327</v>
       </c>
       <c r="B176">
         <v>4531</v>
       </c>
       <c r="C176" t="s">
         <v>364</v>
       </c>
       <c r="D176">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E176" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>327</v>
       </c>
       <c r="B177">
         <v>4532</v>
       </c>
       <c r="C177" t="s">
         <v>366</v>
       </c>
       <c r="D177">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="E177" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>327</v>
       </c>
       <c r="B178">
         <v>4536</v>
       </c>
       <c r="C178" t="s">
         <v>368</v>
       </c>
       <c r="D178">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="E178" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>327</v>
       </c>
       <c r="B179">
         <v>4537</v>
       </c>
       <c r="C179" t="s">
         <v>370</v>
       </c>
       <c r="D179">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="E179" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>327</v>
       </c>
       <c r="B180">
         <v>4538</v>
       </c>
       <c r="C180" t="s">
         <v>372</v>
       </c>
       <c r="D180">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="E180" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>327</v>
       </c>
       <c r="B181">
         <v>4539</v>
       </c>
       <c r="C181" t="s">
         <v>374</v>
       </c>
       <c r="D181">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="E181" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>327</v>
       </c>
       <c r="B182">
         <v>4540</v>
       </c>
       <c r="C182" t="s">
         <v>376</v>
       </c>
       <c r="D182">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="E182" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
         <v>327</v>
       </c>
       <c r="B183">
         <v>6628</v>
       </c>
       <c r="C183" t="s">
         <v>378</v>
       </c>
       <c r="D183">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E183" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
         <v>327</v>
       </c>
       <c r="B184">
         <v>4544</v>
       </c>
       <c r="C184" t="s">
         <v>380</v>
       </c>
       <c r="D184">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E184" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>327</v>
       </c>
       <c r="B185">
         <v>4545</v>
       </c>
       <c r="C185" t="s">
         <v>382</v>
       </c>
       <c r="D185">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E185" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>327</v>
       </c>
       <c r="B186">
         <v>4546</v>
       </c>
       <c r="C186" t="s">
         <v>384</v>
       </c>
       <c r="D186">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="E186" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>327</v>
       </c>
       <c r="B187">
         <v>4547</v>
       </c>
       <c r="C187" t="s">
         <v>386</v>
       </c>
       <c r="D187">
-        <v>219</v>
+        <v>236</v>
       </c>
       <c r="E187" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>327</v>
       </c>
       <c r="B188">
         <v>4549</v>
       </c>
       <c r="C188" t="s">
         <v>388</v>
       </c>
       <c r="D188">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E188" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>327</v>
       </c>
       <c r="B189">
         <v>4550</v>
       </c>
       <c r="C189" t="s">
         <v>390</v>
       </c>
       <c r="D189">
         <v>182</v>
       </c>
       <c r="E189" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>327</v>
       </c>
       <c r="B190">
         <v>4551</v>
       </c>
       <c r="C190" t="s">
         <v>392</v>
       </c>
       <c r="D190">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="E190" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>327</v>
       </c>
       <c r="B191">
         <v>4552</v>
       </c>
       <c r="C191" t="s">
         <v>394</v>
       </c>
       <c r="D191">
-        <v>297</v>
+        <v>320</v>
       </c>
       <c r="E191" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>327</v>
       </c>
       <c r="B192">
         <v>4555</v>
       </c>
       <c r="C192" t="s">
         <v>396</v>
       </c>
       <c r="D192">
-        <v>474</v>
+        <v>511</v>
       </c>
       <c r="E192" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>327</v>
       </c>
       <c r="B193">
         <v>4556</v>
       </c>
       <c r="C193" t="s">
         <v>398</v>
       </c>
       <c r="D193">
-        <v>490</v>
+        <v>528</v>
       </c>
       <c r="E193" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>327</v>
       </c>
       <c r="B194">
         <v>4557</v>
       </c>
       <c r="C194" t="s">
         <v>400</v>
       </c>
       <c r="D194">
-        <v>521</v>
+        <v>562</v>
       </c>
       <c r="E194" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>327</v>
       </c>
       <c r="B195">
         <v>4558</v>
       </c>
       <c r="C195" t="s">
         <v>402</v>
       </c>
       <c r="D195">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="E195" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>327</v>
       </c>
       <c r="B196">
         <v>4488</v>
       </c>
       <c r="C196" t="s">
         <v>404</v>
       </c>
       <c r="D196">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="E196" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>327</v>
       </c>
       <c r="B197">
         <v>4491</v>
       </c>
       <c r="C197" t="s">
         <v>406</v>
       </c>
       <c r="D197">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="E197" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>327</v>
       </c>
       <c r="B198">
         <v>4493</v>
       </c>
       <c r="C198" t="s">
         <v>408</v>
       </c>
       <c r="D198">
-        <v>162</v>
+        <v>174</v>
       </c>
       <c r="E198" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
         <v>327</v>
       </c>
       <c r="B199">
         <v>4496</v>
       </c>
       <c r="C199" t="s">
         <v>410</v>
       </c>
       <c r="D199">
-        <v>174</v>
+        <v>188</v>
       </c>
       <c r="E199" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>327</v>
       </c>
       <c r="B200">
         <v>4498</v>
       </c>
       <c r="C200" t="s">
         <v>412</v>
       </c>
       <c r="D200">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="E200" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>327</v>
       </c>
       <c r="B201">
         <v>4500</v>
       </c>
       <c r="C201" t="s">
         <v>414</v>
       </c>
       <c r="D201">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="E201" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>327</v>
       </c>
       <c r="B202">
         <v>4503</v>
       </c>
       <c r="C202" t="s">
         <v>416</v>
       </c>
       <c r="D202">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="E202" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>327</v>
       </c>
       <c r="B203">
         <v>4506</v>
       </c>
       <c r="C203" t="s">
         <v>418</v>
       </c>
       <c r="D203">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="E203" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>327</v>
       </c>
       <c r="B204">
         <v>4827</v>
       </c>
       <c r="C204" t="s">
         <v>420</v>
       </c>
       <c r="D204">
         <v>0</v>
       </c>
       <c r="E204" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>327</v>
       </c>
       <c r="B205">
         <v>4513</v>
       </c>
       <c r="C205" t="s">
         <v>422</v>
       </c>
       <c r="D205">
-        <v>194</v>
+        <v>209</v>
       </c>
       <c r="E205" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>327</v>
       </c>
       <c r="B206">
         <v>4515</v>
       </c>
       <c r="C206" t="s">
         <v>424</v>
       </c>
       <c r="D206">
-        <v>205</v>
+        <v>221</v>
       </c>
       <c r="E206" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>327</v>
       </c>
       <c r="B207">
         <v>5867</v>
       </c>
       <c r="C207" t="s">
         <v>426</v>
       </c>
       <c r="D207">
-        <v>294</v>
+        <v>317</v>
       </c>
       <c r="E207" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>327</v>
       </c>
       <c r="B208">
         <v>5866</v>
       </c>
       <c r="C208" t="s">
         <v>428</v>
       </c>
       <c r="D208">
-        <v>368</v>
+        <v>396</v>
       </c>
       <c r="E208" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>327</v>
       </c>
       <c r="B209">
         <v>4519</v>
       </c>
       <c r="C209" t="s">
         <v>430</v>
       </c>
       <c r="D209">
         <v>0</v>
       </c>
       <c r="E209" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>327</v>
       </c>
       <c r="B210">
         <v>4517</v>
       </c>
       <c r="C210" t="s">
         <v>432</v>
       </c>
       <c r="D210">
-        <v>607</v>
+        <v>653</v>
       </c>
       <c r="E210" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>327</v>
       </c>
       <c r="B211">
         <v>4518</v>
       </c>
       <c r="C211" t="s">
         <v>434</v>
       </c>
       <c r="D211">
-        <v>702</v>
+        <v>756</v>
       </c>
       <c r="E211" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>327</v>
       </c>
       <c r="B212">
         <v>4527</v>
       </c>
       <c r="C212" t="s">
         <v>436</v>
       </c>
       <c r="D212">
         <v>0</v>
       </c>
       <c r="E212" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>327</v>
       </c>
       <c r="B213">
         <v>4525</v>
       </c>
       <c r="C213" t="s">
         <v>438</v>
       </c>
       <c r="D213">
-        <v>950</v>
+        <v>1023</v>
       </c>
       <c r="E213" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>327</v>
       </c>
       <c r="B214">
         <v>4526</v>
       </c>
       <c r="C214" t="s">
         <v>440</v>
       </c>
       <c r="D214">
-        <v>1052</v>
+        <v>1133</v>
       </c>
       <c r="E214" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
         <v>327</v>
       </c>
       <c r="B215">
         <v>4534</v>
       </c>
       <c r="C215" t="s">
         <v>442</v>
       </c>
       <c r="D215">
-        <v>1494</v>
+        <v>1609</v>
       </c>
       <c r="E215" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>327</v>
       </c>
       <c r="B216">
         <v>4535</v>
       </c>
       <c r="C216" t="s">
         <v>444</v>
       </c>
       <c r="D216">
-        <v>1484</v>
+        <v>1599</v>
       </c>
       <c r="E216" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>327</v>
       </c>
       <c r="B217">
         <v>4542</v>
       </c>
       <c r="C217" t="s">
         <v>446</v>
       </c>
       <c r="D217">
-        <v>2639</v>
+        <v>2842</v>
       </c>
       <c r="E217" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>327</v>
       </c>
       <c r="B218">
         <v>4543</v>
       </c>
       <c r="C218" t="s">
         <v>448</v>
       </c>
       <c r="D218">
-        <v>2856</v>
+        <v>3077</v>
       </c>
       <c r="E218" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>327</v>
       </c>
       <c r="B219">
         <v>4918</v>
       </c>
       <c r="C219" t="s">
         <v>450</v>
       </c>
       <c r="D219">
         <v>0</v>
       </c>
       <c r="E219" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>327</v>
       </c>
       <c r="B220">
         <v>4919</v>
       </c>
       <c r="C220" t="s">
         <v>452</v>
       </c>
       <c r="D220">
         <v>0</v>
       </c>
       <c r="E220" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>327</v>
       </c>
       <c r="B221">
         <v>5592</v>
       </c>
       <c r="C221" t="s">
         <v>454</v>
       </c>
       <c r="D221">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="E221" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>327</v>
       </c>
       <c r="B222">
         <v>5643</v>
       </c>
       <c r="C222" t="s">
         <v>456</v>
       </c>
       <c r="D222">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="E222" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>327</v>
       </c>
       <c r="B223">
         <v>5644</v>
       </c>
       <c r="C223" t="s">
         <v>458</v>
       </c>
       <c r="D223">
         <v>127</v>
       </c>
       <c r="E223" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>327</v>
       </c>
       <c r="B224">
         <v>5645</v>
       </c>
       <c r="C224" t="s">
         <v>460</v>
       </c>
       <c r="D224">
         <v>54</v>
       </c>
       <c r="E224" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>327</v>
       </c>
       <c r="B225">
         <v>4489</v>
       </c>
       <c r="C225" t="s">
         <v>462</v>
       </c>
       <c r="D225">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="E225" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>327</v>
       </c>
       <c r="B226">
         <v>4495</v>
       </c>
       <c r="C226" t="s">
         <v>464</v>
       </c>
       <c r="D226">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="E226" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>327</v>
       </c>
       <c r="B227">
         <v>6400</v>
       </c>
       <c r="C227" t="s">
         <v>466</v>
       </c>
       <c r="D227">
-        <v>250</v>
+        <v>269</v>
       </c>
       <c r="E227" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>327</v>
       </c>
       <c r="B228">
         <v>4504</v>
       </c>
       <c r="C228" t="s">
         <v>468</v>
       </c>
       <c r="D228">
-        <v>281</v>
+        <v>303</v>
       </c>
       <c r="E228" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>327</v>
       </c>
       <c r="B229">
         <v>4508</v>
       </c>
       <c r="C229" t="s">
         <v>470</v>
       </c>
       <c r="D229">
-        <v>486</v>
+        <v>523</v>
       </c>
       <c r="E229" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>327</v>
       </c>
       <c r="B230">
         <v>4490</v>
       </c>
       <c r="C230" t="s">
         <v>472</v>
       </c>
       <c r="D230">
         <v>39</v>
       </c>
       <c r="E230" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>327</v>
@@ -11420,238 +11420,238 @@
       </c>
       <c r="B237">
         <v>5593</v>
       </c>
       <c r="C237" t="s">
         <v>487</v>
       </c>
       <c r="D237">
         <v>0</v>
       </c>
       <c r="E237" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>484</v>
       </c>
       <c r="B238">
         <v>5594</v>
       </c>
       <c r="C238" t="s">
         <v>489</v>
       </c>
       <c r="D238">
-        <v>1215</v>
+        <v>1246</v>
       </c>
       <c r="E238" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>484</v>
       </c>
       <c r="B239">
         <v>4560</v>
       </c>
       <c r="C239" t="s">
         <v>491</v>
       </c>
       <c r="D239">
         <v>0</v>
       </c>
       <c r="E239" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
         <v>484</v>
       </c>
       <c r="B240">
         <v>5595</v>
       </c>
       <c r="C240" t="s">
         <v>493</v>
       </c>
       <c r="D240">
         <v>1064</v>
       </c>
       <c r="E240" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
         <v>484</v>
       </c>
       <c r="B241">
         <v>5596</v>
       </c>
       <c r="C241" t="s">
         <v>495</v>
       </c>
       <c r="D241">
-        <v>4387</v>
+        <v>4501</v>
       </c>
       <c r="E241" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" t="s">
         <v>497</v>
       </c>
       <c r="B242">
         <v>4561</v>
       </c>
       <c r="C242" t="s">
         <v>498</v>
       </c>
       <c r="D242">
         <v>0</v>
       </c>
       <c r="E242" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" t="s">
         <v>497</v>
       </c>
       <c r="B243">
         <v>4562</v>
       </c>
       <c r="C243" t="s">
         <v>500</v>
       </c>
       <c r="D243">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="E243" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" t="s">
         <v>497</v>
       </c>
       <c r="B244">
         <v>4563</v>
       </c>
       <c r="C244" t="s">
         <v>502</v>
       </c>
       <c r="D244">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E244" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
         <v>497</v>
       </c>
       <c r="B245">
         <v>4564</v>
       </c>
       <c r="C245" t="s">
         <v>504</v>
       </c>
       <c r="D245">
         <v>46</v>
       </c>
       <c r="E245" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
         <v>497</v>
       </c>
       <c r="B246">
         <v>4768</v>
       </c>
       <c r="C246" t="s">
         <v>506</v>
       </c>
       <c r="D246">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" t="s">
         <v>497</v>
       </c>
       <c r="B247">
         <v>4566</v>
       </c>
       <c r="C247" t="s">
         <v>508</v>
       </c>
       <c r="D247">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E247" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
         <v>497</v>
       </c>
       <c r="B248">
         <v>4567</v>
       </c>
       <c r="C248" t="s">
         <v>510</v>
       </c>
       <c r="D248">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E248" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
         <v>497</v>
       </c>
       <c r="B249">
         <v>4568</v>
       </c>
       <c r="C249" t="s">
         <v>512</v>
       </c>
       <c r="D249">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="E249" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" t="s">
         <v>497</v>
       </c>
       <c r="B250">
         <v>4569</v>
       </c>
       <c r="C250" t="s">
         <v>514</v>
       </c>
       <c r="D250">
         <v>99</v>
       </c>
       <c r="E250" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
         <v>497</v>
@@ -11675,136 +11675,136 @@
       </c>
       <c r="B252">
         <v>4571</v>
       </c>
       <c r="C252" t="s">
         <v>518</v>
       </c>
       <c r="D252">
         <v>229</v>
       </c>
       <c r="E252" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
         <v>5</v>
       </c>
       <c r="B253">
         <v>4574</v>
       </c>
       <c r="C253" t="s">
         <v>520</v>
       </c>
       <c r="D253">
-        <v>9326</v>
+        <v>9568</v>
       </c>
       <c r="E253" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
         <v>5</v>
       </c>
       <c r="B254">
         <v>4575</v>
       </c>
       <c r="C254" t="s">
         <v>522</v>
       </c>
       <c r="D254">
-        <v>15649</v>
+        <v>16055</v>
       </c>
       <c r="E254" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
         <v>5</v>
       </c>
       <c r="B255">
         <v>5132</v>
       </c>
       <c r="C255" t="s">
         <v>524</v>
       </c>
       <c r="D255">
-        <v>18481</v>
+        <v>18961</v>
       </c>
       <c r="E255" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
         <v>5</v>
       </c>
       <c r="B256">
         <v>5133</v>
       </c>
       <c r="C256" t="s">
         <v>526</v>
       </c>
       <c r="D256">
-        <v>20561</v>
+        <v>21095</v>
       </c>
       <c r="E256" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
         <v>5</v>
       </c>
       <c r="B257">
         <v>4576</v>
       </c>
       <c r="C257" t="s">
         <v>528</v>
       </c>
       <c r="D257">
-        <v>17571</v>
+        <v>18027</v>
       </c>
       <c r="E257" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
         <v>5</v>
       </c>
       <c r="B258">
         <v>4577</v>
       </c>
       <c r="C258" t="s">
         <v>530</v>
       </c>
       <c r="D258">
-        <v>19223</v>
+        <v>19722</v>
       </c>
       <c r="E258" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
         <v>5</v>
       </c>
       <c r="B259">
         <v>4572</v>
       </c>
       <c r="C259" t="s">
         <v>532</v>
       </c>
       <c r="D259">
         <v>104597</v>
       </c>
       <c r="E259" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" t="s">
         <v>5</v>
@@ -11998,969 +11998,969 @@
       </c>
       <c r="B271">
         <v>4598</v>
       </c>
       <c r="C271" t="s">
         <v>559</v>
       </c>
       <c r="D271">
         <v>0</v>
       </c>
       <c r="E271" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" t="s">
         <v>561</v>
       </c>
       <c r="B272">
         <v>4589</v>
       </c>
       <c r="C272" t="s">
         <v>562</v>
       </c>
       <c r="D272">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E272" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" t="s">
         <v>561</v>
       </c>
       <c r="B273">
         <v>4596</v>
       </c>
       <c r="C273" t="s">
         <v>564</v>
       </c>
       <c r="D273">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E273" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" t="s">
         <v>561</v>
       </c>
       <c r="B274">
         <v>4608</v>
       </c>
       <c r="C274" t="s">
         <v>566</v>
       </c>
       <c r="D274">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E274" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" t="s">
         <v>561</v>
       </c>
       <c r="B275">
         <v>4616</v>
       </c>
       <c r="C275" t="s">
         <v>568</v>
       </c>
       <c r="D275">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="E275" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" t="s">
         <v>561</v>
       </c>
       <c r="B276">
         <v>4621</v>
       </c>
       <c r="C276" t="s">
         <v>570</v>
       </c>
       <c r="D276">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="E276" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" t="s">
         <v>561</v>
       </c>
       <c r="B277">
         <v>4627</v>
       </c>
       <c r="C277" t="s">
         <v>572</v>
       </c>
       <c r="D277">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="E277" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" t="s">
         <v>561</v>
       </c>
       <c r="B278">
         <v>4632</v>
       </c>
       <c r="C278" t="s">
         <v>574</v>
       </c>
       <c r="D278">
-        <v>439</v>
+        <v>473</v>
       </c>
       <c r="E278" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" t="s">
         <v>561</v>
       </c>
       <c r="B279">
         <v>4637</v>
       </c>
       <c r="C279" t="s">
         <v>576</v>
       </c>
       <c r="D279">
-        <v>812</v>
+        <v>875</v>
       </c>
       <c r="E279" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" t="s">
         <v>561</v>
       </c>
       <c r="B280">
         <v>4580</v>
       </c>
       <c r="C280" t="s">
         <v>578</v>
       </c>
       <c r="D280">
-        <v>1193</v>
+        <v>1285</v>
       </c>
       <c r="E280" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" t="s">
         <v>561</v>
       </c>
       <c r="B281">
         <v>4594</v>
       </c>
       <c r="C281" t="s">
         <v>580</v>
       </c>
       <c r="D281">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E281" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" t="s">
         <v>561</v>
       </c>
       <c r="B282">
         <v>4595</v>
       </c>
       <c r="C282" t="s">
         <v>582</v>
       </c>
       <c r="D282">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E282" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" t="s">
         <v>561</v>
       </c>
       <c r="B283">
         <v>4602</v>
       </c>
       <c r="C283" t="s">
         <v>584</v>
       </c>
       <c r="D283">
         <v>13</v>
       </c>
       <c r="E283" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" t="s">
         <v>561</v>
       </c>
       <c r="B284">
         <v>4603</v>
       </c>
       <c r="C284" t="s">
         <v>586</v>
       </c>
       <c r="D284">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E284" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" t="s">
         <v>561</v>
       </c>
       <c r="B285">
         <v>4604</v>
       </c>
       <c r="C285" t="s">
         <v>588</v>
       </c>
       <c r="D285">
         <v>0</v>
       </c>
       <c r="E285" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" t="s">
         <v>561</v>
       </c>
       <c r="B286">
         <v>4605</v>
       </c>
       <c r="C286" t="s">
         <v>590</v>
       </c>
       <c r="D286">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E286" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" t="s">
         <v>561</v>
       </c>
       <c r="B287">
         <v>4613</v>
       </c>
       <c r="C287" t="s">
         <v>592</v>
       </c>
       <c r="D287">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="E287" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>561</v>
       </c>
       <c r="B288">
         <v>4614</v>
       </c>
       <c r="C288" t="s">
         <v>594</v>
       </c>
       <c r="D288">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="E288" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>561</v>
       </c>
       <c r="B289">
         <v>4615</v>
       </c>
       <c r="C289" t="s">
         <v>596</v>
       </c>
       <c r="D289">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="E289" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>561</v>
       </c>
       <c r="B290">
         <v>4617</v>
       </c>
       <c r="C290" t="s">
         <v>598</v>
       </c>
       <c r="D290">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="E290" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>561</v>
       </c>
       <c r="B291">
         <v>4618</v>
       </c>
       <c r="C291" t="s">
         <v>600</v>
       </c>
       <c r="D291">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="E291" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>561</v>
       </c>
       <c r="B292">
         <v>4619</v>
       </c>
       <c r="C292" t="s">
         <v>602</v>
       </c>
       <c r="D292">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="E292" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
         <v>561</v>
       </c>
       <c r="B293">
         <v>4620</v>
       </c>
       <c r="C293" t="s">
         <v>604</v>
       </c>
       <c r="D293">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="E293" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
         <v>561</v>
       </c>
       <c r="B294">
         <v>4622</v>
       </c>
       <c r="C294" t="s">
         <v>606</v>
       </c>
       <c r="D294">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="E294" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
         <v>561</v>
       </c>
       <c r="B295">
         <v>4623</v>
       </c>
       <c r="C295" t="s">
         <v>608</v>
       </c>
       <c r="D295">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="E295" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>561</v>
       </c>
       <c r="B296">
         <v>4624</v>
       </c>
       <c r="C296" t="s">
         <v>610</v>
       </c>
       <c r="D296">
-        <v>259</v>
+        <v>279</v>
       </c>
       <c r="E296" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>561</v>
       </c>
       <c r="B297">
         <v>4625</v>
       </c>
       <c r="C297" t="s">
         <v>612</v>
       </c>
       <c r="D297">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="E297" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
         <v>561</v>
       </c>
       <c r="B298">
         <v>4626</v>
       </c>
       <c r="C298" t="s">
         <v>614</v>
       </c>
       <c r="D298">
-        <v>269</v>
+        <v>290</v>
       </c>
       <c r="E298" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
         <v>561</v>
       </c>
       <c r="B299">
         <v>6466</v>
       </c>
       <c r="C299" t="s">
         <v>616</v>
       </c>
       <c r="D299">
-        <v>297</v>
+        <v>320</v>
       </c>
       <c r="E299" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>561</v>
       </c>
       <c r="B300">
         <v>4628</v>
       </c>
       <c r="C300" t="s">
         <v>618</v>
       </c>
       <c r="D300">
-        <v>498</v>
+        <v>536</v>
       </c>
       <c r="E300" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>561</v>
       </c>
       <c r="B301">
         <v>4629</v>
       </c>
       <c r="C301" t="s">
         <v>620</v>
       </c>
       <c r="D301">
-        <v>454</v>
+        <v>489</v>
       </c>
       <c r="E301" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>561</v>
       </c>
       <c r="B302">
         <v>4630</v>
       </c>
       <c r="C302" t="s">
         <v>622</v>
       </c>
       <c r="D302">
-        <v>470</v>
+        <v>507</v>
       </c>
       <c r="E302" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>561</v>
       </c>
       <c r="B303">
         <v>4631</v>
       </c>
       <c r="C303" t="s">
         <v>624</v>
       </c>
       <c r="D303">
-        <v>564</v>
+        <v>607</v>
       </c>
       <c r="E303" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>561</v>
       </c>
       <c r="B304">
         <v>5788</v>
       </c>
       <c r="C304" t="s">
         <v>626</v>
       </c>
       <c r="D304">
-        <v>1013</v>
+        <v>1091</v>
       </c>
       <c r="E304" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>561</v>
       </c>
       <c r="B305">
         <v>4633</v>
       </c>
       <c r="C305" t="s">
         <v>628</v>
       </c>
       <c r="D305">
-        <v>774</v>
+        <v>834</v>
       </c>
       <c r="E305" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>561</v>
       </c>
       <c r="B306">
         <v>4634</v>
       </c>
       <c r="C306" t="s">
         <v>630</v>
       </c>
       <c r="D306">
         <v>904</v>
       </c>
       <c r="E306" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" t="s">
         <v>561</v>
       </c>
       <c r="B307">
         <v>4635</v>
       </c>
       <c r="C307" t="s">
         <v>632</v>
       </c>
       <c r="D307">
-        <v>1196</v>
+        <v>1288</v>
       </c>
       <c r="E307" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" t="s">
         <v>561</v>
       </c>
       <c r="B308">
         <v>4636</v>
       </c>
       <c r="C308" t="s">
         <v>634</v>
       </c>
       <c r="D308">
-        <v>797</v>
+        <v>858</v>
       </c>
       <c r="E308" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" t="s">
         <v>561</v>
       </c>
       <c r="B309">
         <v>4581</v>
       </c>
       <c r="C309" t="s">
         <v>636</v>
       </c>
       <c r="D309">
-        <v>1823</v>
+        <v>1964</v>
       </c>
       <c r="E309" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
         <v>561</v>
       </c>
       <c r="B310">
         <v>4582</v>
       </c>
       <c r="C310" t="s">
         <v>638</v>
       </c>
       <c r="D310">
         <v>1715</v>
       </c>
       <c r="E310" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
         <v>561</v>
       </c>
       <c r="B311">
         <v>4583</v>
       </c>
       <c r="C311" t="s">
         <v>640</v>
       </c>
       <c r="D311">
-        <v>2108</v>
+        <v>2271</v>
       </c>
       <c r="E311" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
         <v>561</v>
       </c>
       <c r="B312">
         <v>4584</v>
       </c>
       <c r="C312" t="s">
         <v>642</v>
       </c>
       <c r="D312">
         <v>720</v>
       </c>
       <c r="E312" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
         <v>561</v>
       </c>
       <c r="B313">
         <v>4585</v>
       </c>
       <c r="C313" t="s">
         <v>644</v>
       </c>
       <c r="D313">
-        <v>762</v>
+        <v>782</v>
       </c>
       <c r="E313" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>561</v>
       </c>
       <c r="B314">
         <v>4586</v>
       </c>
       <c r="C314" t="s">
         <v>646</v>
       </c>
       <c r="D314">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="E314" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
         <v>561</v>
       </c>
       <c r="B315">
         <v>4588</v>
       </c>
       <c r="C315" t="s">
         <v>648</v>
       </c>
       <c r="D315">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="E315" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
         <v>561</v>
       </c>
       <c r="B316">
         <v>12302</v>
       </c>
       <c r="C316" t="s">
         <v>650</v>
       </c>
       <c r="D316">
         <v>0</v>
       </c>
       <c r="E316" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
         <v>561</v>
       </c>
       <c r="B317">
         <v>4592</v>
       </c>
       <c r="C317" t="s">
         <v>652</v>
       </c>
       <c r="D317">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="E317" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
         <v>561</v>
       </c>
       <c r="B318">
         <v>4593</v>
       </c>
       <c r="C318" t="s">
         <v>654</v>
       </c>
       <c r="D318">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="E318" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
         <v>561</v>
       </c>
       <c r="B319">
         <v>4597</v>
       </c>
       <c r="C319" t="s">
         <v>656</v>
       </c>
       <c r="D319">
-        <v>180</v>
+        <v>194</v>
       </c>
       <c r="E319" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
         <v>561</v>
       </c>
       <c r="B320">
         <v>4599</v>
       </c>
       <c r="C320" t="s">
         <v>658</v>
       </c>
       <c r="D320">
-        <v>237</v>
+        <v>257</v>
       </c>
       <c r="E320" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
         <v>561</v>
       </c>
       <c r="B321">
         <v>4825</v>
       </c>
       <c r="C321" t="s">
         <v>660</v>
       </c>
       <c r="D321">
-        <v>178</v>
+        <v>192</v>
       </c>
       <c r="E321" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
         <v>561</v>
       </c>
       <c r="B322">
         <v>4826</v>
       </c>
       <c r="C322" t="s">
         <v>662</v>
       </c>
       <c r="D322">
         <v>0</v>
       </c>
       <c r="E322" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
         <v>561</v>
       </c>
       <c r="B323">
         <v>4606</v>
       </c>
       <c r="C323" t="s">
         <v>664</v>
       </c>
       <c r="D323">
-        <v>225</v>
+        <v>242</v>
       </c>
       <c r="E323" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>561</v>
       </c>
       <c r="B324">
         <v>4607</v>
       </c>
       <c r="C324" t="s">
         <v>666</v>
       </c>
       <c r="D324">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="E324" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
         <v>561</v>
       </c>
       <c r="B325">
         <v>4600</v>
       </c>
       <c r="C325" t="s">
         <v>668</v>
       </c>
       <c r="D325">
-        <v>476</v>
+        <v>513</v>
       </c>
       <c r="E325" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
         <v>561</v>
       </c>
       <c r="B326">
         <v>4601</v>
       </c>
       <c r="C326" t="s">
         <v>670</v>
       </c>
       <c r="D326">
-        <v>453</v>
+        <v>491</v>
       </c>
       <c r="E326" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
         <v>561</v>
       </c>
       <c r="B327">
         <v>4611</v>
       </c>
       <c r="C327" t="s">
         <v>672</v>
       </c>
       <c r="D327">
         <v>0</v>
       </c>
       <c r="E327" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>561</v>
@@ -13035,102 +13035,102 @@
       </c>
       <c r="B332">
         <v>5803</v>
       </c>
       <c r="C332" t="s">
         <v>682</v>
       </c>
       <c r="D332">
         <v>70</v>
       </c>
       <c r="E332" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" t="s">
         <v>561</v>
       </c>
       <c r="B333">
         <v>4638</v>
       </c>
       <c r="C333" t="s">
         <v>684</v>
       </c>
       <c r="D333">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E333" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" t="s">
         <v>561</v>
       </c>
       <c r="B334">
         <v>4639</v>
       </c>
       <c r="C334" t="s">
         <v>686</v>
       </c>
       <c r="D334">
         <v>11</v>
       </c>
       <c r="E334" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" t="s">
         <v>561</v>
       </c>
       <c r="B335">
         <v>4640</v>
       </c>
       <c r="C335" t="s">
         <v>688</v>
       </c>
       <c r="D335">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E335" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" t="s">
         <v>561</v>
       </c>
       <c r="B336">
         <v>4641</v>
       </c>
       <c r="C336" t="s">
         <v>690</v>
       </c>
       <c r="D336">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E336" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" t="s">
         <v>561</v>
       </c>
       <c r="B337">
         <v>4833</v>
       </c>
       <c r="C337" t="s">
         <v>692</v>
       </c>
       <c r="D337">
         <v>37</v>
       </c>
       <c r="E337" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" t="s">
         <v>694</v>
@@ -13307,170 +13307,170 @@
       </c>
       <c r="B348">
         <v>7860</v>
       </c>
       <c r="C348" t="s">
         <v>717</v>
       </c>
       <c r="D348">
         <v>0</v>
       </c>
       <c r="E348" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" t="s">
         <v>714</v>
       </c>
       <c r="B349">
         <v>4646</v>
       </c>
       <c r="C349" t="s">
         <v>719</v>
       </c>
       <c r="D349">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="E349" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" t="s">
         <v>714</v>
       </c>
       <c r="B350">
         <v>4648</v>
       </c>
       <c r="C350" t="s">
         <v>721</v>
       </c>
       <c r="D350">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="E350" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" t="s">
         <v>714</v>
       </c>
       <c r="B351">
         <v>4650</v>
       </c>
       <c r="C351" t="s">
         <v>723</v>
       </c>
       <c r="D351">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="E351" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" t="s">
         <v>714</v>
       </c>
       <c r="B352">
         <v>4652</v>
       </c>
       <c r="C352" t="s">
         <v>725</v>
       </c>
       <c r="D352">
-        <v>318</v>
+        <v>342</v>
       </c>
       <c r="E352" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" t="s">
         <v>714</v>
       </c>
       <c r="B353">
         <v>4654</v>
       </c>
       <c r="C353" t="s">
         <v>727</v>
       </c>
       <c r="D353">
-        <v>483</v>
+        <v>520</v>
       </c>
       <c r="E353" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" t="s">
         <v>714</v>
       </c>
       <c r="B354">
         <v>4655</v>
       </c>
       <c r="C354" t="s">
         <v>729</v>
       </c>
       <c r="D354">
-        <v>790</v>
+        <v>851</v>
       </c>
       <c r="E354" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" t="s">
         <v>714</v>
       </c>
       <c r="B355">
         <v>4658</v>
       </c>
       <c r="C355" t="s">
         <v>731</v>
       </c>
       <c r="D355">
-        <v>1293</v>
+        <v>1392</v>
       </c>
       <c r="E355" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
         <v>714</v>
       </c>
       <c r="B356">
         <v>4659</v>
       </c>
       <c r="C356" t="s">
         <v>733</v>
       </c>
       <c r="D356">
-        <v>1438</v>
+        <v>1550</v>
       </c>
       <c r="E356" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" t="s">
         <v>735</v>
       </c>
       <c r="B357">
         <v>7935</v>
       </c>
       <c r="C357" t="s">
         <v>736</v>
       </c>
       <c r="D357">
         <v>56</v>
       </c>
       <c r="E357" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" t="s">
         <v>735</v>
@@ -13511,1156 +13511,1156 @@
       </c>
       <c r="B360">
         <v>7670</v>
       </c>
       <c r="C360" t="s">
         <v>742</v>
       </c>
       <c r="D360">
         <v>107</v>
       </c>
       <c r="E360" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" t="s">
         <v>714</v>
       </c>
       <c r="B361">
         <v>4643</v>
       </c>
       <c r="C361" t="s">
         <v>744</v>
       </c>
       <c r="D361">
-        <v>2166</v>
+        <v>2333</v>
       </c>
       <c r="E361" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
         <v>699</v>
       </c>
       <c r="B362">
         <v>4938</v>
       </c>
       <c r="C362" t="s">
         <v>746</v>
       </c>
       <c r="D362">
-        <v>1791</v>
+        <v>1929</v>
       </c>
       <c r="E362" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
         <v>699</v>
       </c>
       <c r="B363">
         <v>4645</v>
       </c>
       <c r="C363" t="s">
         <v>748</v>
       </c>
       <c r="D363">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E363" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
         <v>699</v>
       </c>
       <c r="B364">
         <v>4647</v>
       </c>
       <c r="C364" t="s">
         <v>750</v>
       </c>
       <c r="D364">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="E364" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
         <v>699</v>
       </c>
       <c r="B365">
         <v>4649</v>
       </c>
       <c r="C365" t="s">
         <v>752</v>
       </c>
       <c r="D365">
-        <v>172</v>
+        <v>186</v>
       </c>
       <c r="E365" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
         <v>699</v>
       </c>
       <c r="B366">
         <v>4651</v>
       </c>
       <c r="C366" t="s">
         <v>754</v>
       </c>
       <c r="D366">
-        <v>222</v>
+        <v>240</v>
       </c>
       <c r="E366" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
         <v>699</v>
       </c>
       <c r="B367">
         <v>4653</v>
       </c>
       <c r="C367" t="s">
         <v>756</v>
       </c>
       <c r="D367">
-        <v>334</v>
+        <v>361</v>
       </c>
       <c r="E367" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
         <v>699</v>
       </c>
       <c r="B368">
         <v>4656</v>
       </c>
       <c r="C368" t="s">
         <v>758</v>
       </c>
       <c r="D368">
-        <v>641</v>
+        <v>691</v>
       </c>
       <c r="E368" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" t="s">
         <v>699</v>
       </c>
       <c r="B369">
         <v>4657</v>
       </c>
       <c r="C369" t="s">
         <v>760</v>
       </c>
       <c r="D369">
-        <v>829</v>
+        <v>897</v>
       </c>
       <c r="E369" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" t="s">
         <v>699</v>
       </c>
       <c r="B370">
         <v>4937</v>
       </c>
       <c r="C370" t="s">
         <v>762</v>
       </c>
       <c r="D370">
-        <v>1328</v>
+        <v>1431</v>
       </c>
       <c r="E370" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" t="s">
         <v>735</v>
       </c>
       <c r="B371">
         <v>4660</v>
       </c>
       <c r="C371" t="s">
         <v>764</v>
       </c>
       <c r="D371">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="E371" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" t="s">
         <v>735</v>
       </c>
       <c r="B372">
         <v>4661</v>
       </c>
       <c r="C372" t="s">
         <v>766</v>
       </c>
       <c r="D372">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="E372" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" t="s">
         <v>735</v>
       </c>
       <c r="B373">
         <v>4662</v>
       </c>
       <c r="C373" t="s">
         <v>768</v>
       </c>
       <c r="D373">
-        <v>240</v>
+        <v>258</v>
       </c>
       <c r="E373" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>735</v>
       </c>
       <c r="B374">
         <v>4663</v>
       </c>
       <c r="C374" t="s">
         <v>770</v>
       </c>
       <c r="D374">
-        <v>379</v>
+        <v>408</v>
       </c>
       <c r="E374" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>735</v>
       </c>
       <c r="B375">
         <v>4664</v>
       </c>
       <c r="C375" t="s">
         <v>772</v>
       </c>
       <c r="D375">
-        <v>573</v>
+        <v>618</v>
       </c>
       <c r="E375" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>735</v>
       </c>
       <c r="B376">
         <v>4665</v>
       </c>
       <c r="C376" t="s">
         <v>774</v>
       </c>
       <c r="D376">
-        <v>972</v>
+        <v>1047</v>
       </c>
       <c r="E376" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>735</v>
       </c>
       <c r="B377">
         <v>5597</v>
       </c>
       <c r="C377" t="s">
         <v>776</v>
       </c>
       <c r="D377">
-        <v>1386</v>
+        <v>1493</v>
       </c>
       <c r="E377" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>735</v>
       </c>
       <c r="B378">
         <v>5598</v>
       </c>
       <c r="C378" t="s">
         <v>778</v>
       </c>
       <c r="D378">
-        <v>2051</v>
+        <v>2210</v>
       </c>
       <c r="E378" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" t="s">
         <v>735</v>
       </c>
       <c r="B379">
         <v>5599</v>
       </c>
       <c r="C379" t="s">
         <v>780</v>
       </c>
       <c r="D379">
-        <v>2807</v>
+        <v>3024</v>
       </c>
       <c r="E379" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" t="s">
         <v>735</v>
       </c>
       <c r="B380">
         <v>6607</v>
       </c>
       <c r="C380" t="s">
         <v>782</v>
       </c>
       <c r="D380">
-        <v>1608</v>
+        <v>1732</v>
       </c>
       <c r="E380" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" t="s">
         <v>735</v>
       </c>
       <c r="B381">
         <v>4667</v>
       </c>
       <c r="C381" t="s">
         <v>784</v>
       </c>
       <c r="D381">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="E381" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" t="s">
         <v>735</v>
       </c>
       <c r="B382">
         <v>4668</v>
       </c>
       <c r="C382" t="s">
         <v>786</v>
       </c>
       <c r="D382">
-        <v>195</v>
+        <v>210</v>
       </c>
       <c r="E382" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" t="s">
         <v>735</v>
       </c>
       <c r="B383">
         <v>4669</v>
       </c>
       <c r="C383" t="s">
         <v>788</v>
       </c>
       <c r="D383">
-        <v>314</v>
+        <v>338</v>
       </c>
       <c r="E383" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" t="s">
         <v>735</v>
       </c>
       <c r="B384">
         <v>4670</v>
       </c>
       <c r="C384" t="s">
         <v>790</v>
       </c>
       <c r="D384">
-        <v>447</v>
+        <v>481</v>
       </c>
       <c r="E384" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" t="s">
         <v>735</v>
       </c>
       <c r="B385">
         <v>4671</v>
       </c>
       <c r="C385" t="s">
         <v>792</v>
       </c>
       <c r="D385">
-        <v>684</v>
+        <v>737</v>
       </c>
       <c r="E385" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" t="s">
         <v>735</v>
       </c>
       <c r="B386">
         <v>4672</v>
       </c>
       <c r="C386" t="s">
         <v>794</v>
       </c>
       <c r="D386">
-        <v>1008</v>
+        <v>1086</v>
       </c>
       <c r="E386" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" t="s">
         <v>735</v>
       </c>
       <c r="B387">
         <v>4673</v>
       </c>
       <c r="C387" t="s">
         <v>796</v>
       </c>
       <c r="D387">
         <v>0</v>
       </c>
       <c r="E387" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" t="s">
         <v>735</v>
       </c>
       <c r="B388">
         <v>6082</v>
       </c>
       <c r="C388" t="s">
         <v>798</v>
       </c>
       <c r="D388">
-        <v>2120</v>
+        <v>2283</v>
       </c>
       <c r="E388" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" t="s">
         <v>735</v>
       </c>
       <c r="B389">
         <v>6083</v>
       </c>
       <c r="C389" t="s">
         <v>800</v>
       </c>
       <c r="D389">
-        <v>2819</v>
+        <v>3037</v>
       </c>
       <c r="E389" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" t="s">
         <v>802</v>
       </c>
       <c r="B390">
         <v>4666</v>
       </c>
       <c r="C390" t="s">
         <v>803</v>
       </c>
       <c r="D390">
         <v>76</v>
       </c>
       <c r="E390" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" t="s">
         <v>484</v>
       </c>
       <c r="B391">
         <v>5790</v>
       </c>
       <c r="C391" t="s">
         <v>805</v>
       </c>
       <c r="D391">
         <v>5674</v>
       </c>
       <c r="E391" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" t="s">
         <v>807</v>
       </c>
       <c r="B392">
         <v>4676</v>
       </c>
       <c r="C392" t="s">
         <v>808</v>
       </c>
       <c r="D392">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E392" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" t="s">
         <v>807</v>
       </c>
       <c r="B393">
         <v>4678</v>
       </c>
       <c r="C393" t="s">
         <v>810</v>
       </c>
       <c r="D393">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E393" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
         <v>807</v>
       </c>
       <c r="B394">
         <v>4917</v>
       </c>
       <c r="C394" t="s">
         <v>812</v>
       </c>
       <c r="D394">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E394" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" t="s">
         <v>807</v>
       </c>
       <c r="B395">
         <v>4695</v>
       </c>
       <c r="C395" t="s">
         <v>814</v>
       </c>
       <c r="D395">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E395" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" t="s">
         <v>807</v>
       </c>
       <c r="B396">
         <v>4707</v>
       </c>
       <c r="C396" t="s">
         <v>816</v>
       </c>
       <c r="D396">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E396" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" t="s">
         <v>807</v>
       </c>
       <c r="B397">
         <v>5055</v>
       </c>
       <c r="C397" t="s">
         <v>818</v>
       </c>
       <c r="D397">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="E397" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" t="s">
         <v>807</v>
       </c>
       <c r="B398">
         <v>4675</v>
       </c>
       <c r="C398" t="s">
         <v>820</v>
       </c>
       <c r="D398">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E398" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" t="s">
         <v>807</v>
       </c>
       <c r="B399">
         <v>4677</v>
       </c>
       <c r="C399" t="s">
         <v>822</v>
       </c>
       <c r="D399">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E399" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" t="s">
         <v>807</v>
       </c>
       <c r="B400">
         <v>4679</v>
       </c>
       <c r="C400" t="s">
         <v>824</v>
       </c>
       <c r="D400">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E400" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" t="s">
         <v>807</v>
       </c>
       <c r="B401">
         <v>4680</v>
       </c>
       <c r="C401" t="s">
         <v>826</v>
       </c>
       <c r="D401">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="E401" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" t="s">
         <v>807</v>
       </c>
       <c r="B402">
         <v>4681</v>
       </c>
       <c r="C402" t="s">
         <v>828</v>
       </c>
       <c r="D402">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="E402" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" t="s">
         <v>807</v>
       </c>
       <c r="B403">
         <v>4682</v>
       </c>
       <c r="C403" t="s">
         <v>830</v>
       </c>
       <c r="D403">
-        <v>216</v>
+        <v>233</v>
       </c>
       <c r="E403" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" t="s">
         <v>807</v>
       </c>
       <c r="B404">
         <v>5130</v>
       </c>
       <c r="C404" t="s">
         <v>832</v>
       </c>
       <c r="D404">
-        <v>423</v>
+        <v>458</v>
       </c>
       <c r="E404" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" t="s">
         <v>807</v>
       </c>
       <c r="B405">
         <v>4683</v>
       </c>
       <c r="C405" t="s">
         <v>834</v>
       </c>
       <c r="D405">
-        <v>592</v>
+        <v>640</v>
       </c>
       <c r="E405" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" t="s">
         <v>807</v>
       </c>
       <c r="B406">
         <v>4674</v>
       </c>
       <c r="C406" t="s">
         <v>836</v>
       </c>
       <c r="D406">
-        <v>888</v>
+        <v>957</v>
       </c>
       <c r="E406" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" t="s">
         <v>807</v>
       </c>
       <c r="B407">
         <v>8882</v>
       </c>
       <c r="C407" t="s">
         <v>838</v>
       </c>
       <c r="D407">
         <v>0</v>
       </c>
       <c r="E407" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" t="s">
         <v>807</v>
       </c>
       <c r="B408">
         <v>4689</v>
       </c>
       <c r="C408" t="s">
         <v>840</v>
       </c>
       <c r="D408">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E408" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" t="s">
         <v>807</v>
       </c>
       <c r="B409">
         <v>4701</v>
       </c>
       <c r="C409" t="s">
         <v>842</v>
       </c>
       <c r="D409">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E409" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" t="s">
         <v>807</v>
       </c>
       <c r="B410">
         <v>4714</v>
       </c>
       <c r="C410" t="s">
         <v>844</v>
       </c>
       <c r="D410">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E410" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" t="s">
         <v>807</v>
       </c>
       <c r="B411">
         <v>4719</v>
       </c>
       <c r="C411" t="s">
         <v>846</v>
       </c>
       <c r="D411">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E411" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" t="s">
         <v>807</v>
       </c>
       <c r="B412">
         <v>4720</v>
       </c>
       <c r="C412" t="s">
         <v>848</v>
       </c>
       <c r="D412">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="E412" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" t="s">
         <v>807</v>
       </c>
       <c r="B413">
         <v>4721</v>
       </c>
       <c r="C413" t="s">
         <v>850</v>
       </c>
       <c r="D413">
-        <v>218</v>
+        <v>235</v>
       </c>
       <c r="E413" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" t="s">
         <v>807</v>
       </c>
       <c r="B414">
         <v>4722</v>
       </c>
       <c r="C414" t="s">
         <v>852</v>
       </c>
       <c r="D414">
-        <v>364</v>
+        <v>392</v>
       </c>
       <c r="E414" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" t="s">
         <v>807</v>
       </c>
       <c r="B415">
         <v>4723</v>
       </c>
       <c r="C415" t="s">
         <v>854</v>
       </c>
       <c r="D415">
-        <v>771</v>
+        <v>831</v>
       </c>
       <c r="E415" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" t="s">
         <v>807</v>
       </c>
       <c r="B416">
         <v>4684</v>
       </c>
       <c r="C416" t="s">
         <v>856</v>
       </c>
       <c r="D416">
-        <v>974</v>
+        <v>1050</v>
       </c>
       <c r="E416" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" t="s">
         <v>807</v>
       </c>
       <c r="B417">
         <v>4700</v>
       </c>
       <c r="C417" t="s">
         <v>858</v>
       </c>
       <c r="D417">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E417" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" t="s">
         <v>807</v>
       </c>
       <c r="B418">
         <v>4710</v>
       </c>
       <c r="C418" t="s">
         <v>860</v>
       </c>
       <c r="D418">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E418" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" t="s">
         <v>807</v>
       </c>
       <c r="B419">
         <v>4711</v>
       </c>
       <c r="C419" t="s">
         <v>862</v>
       </c>
       <c r="D419">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E419" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" t="s">
         <v>807</v>
       </c>
       <c r="B420">
         <v>4685</v>
       </c>
       <c r="C420" t="s">
         <v>864</v>
       </c>
       <c r="D420">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="E420" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" t="s">
         <v>807</v>
       </c>
       <c r="B421">
         <v>4687</v>
       </c>
       <c r="C421" t="s">
         <v>866</v>
       </c>
       <c r="D421">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="E421" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" t="s">
         <v>807</v>
       </c>
       <c r="B422">
         <v>12303</v>
       </c>
       <c r="C422" t="s">
         <v>868</v>
       </c>
       <c r="D422">
         <v>91</v>
       </c>
       <c r="E422" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" t="s">
         <v>807</v>
       </c>
       <c r="B423">
         <v>4696</v>
       </c>
       <c r="C423" t="s">
         <v>870</v>
       </c>
       <c r="D423">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="E423" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" t="s">
         <v>807</v>
       </c>
       <c r="B424">
         <v>4698</v>
       </c>
       <c r="C424" t="s">
         <v>872</v>
       </c>
       <c r="D424">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="E424" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" t="s">
         <v>807</v>
       </c>
       <c r="B425">
         <v>4702</v>
       </c>
       <c r="C425" t="s">
         <v>874</v>
       </c>
       <c r="D425">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="E425" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" t="s">
         <v>807</v>
       </c>
       <c r="B426">
         <v>4705</v>
       </c>
       <c r="C426" t="s">
         <v>876</v>
       </c>
       <c r="D426">
-        <v>207</v>
+        <v>223</v>
       </c>
       <c r="E426" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" t="s">
         <v>807</v>
       </c>
       <c r="B427">
         <v>4820</v>
       </c>
       <c r="C427" t="s">
         <v>878</v>
       </c>
       <c r="D427">
         <v>64</v>
       </c>
       <c r="E427" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" t="s">
         <v>807</v>
@@ -14701,306 +14701,306 @@
       </c>
       <c r="B430">
         <v>4713</v>
       </c>
       <c r="C430" t="s">
         <v>884</v>
       </c>
       <c r="D430">
         <v>108</v>
       </c>
       <c r="E430" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" t="s">
         <v>807</v>
       </c>
       <c r="B431">
         <v>6630</v>
       </c>
       <c r="C431" t="s">
         <v>886</v>
       </c>
       <c r="D431">
-        <v>329</v>
+        <v>356</v>
       </c>
       <c r="E431" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" t="s">
         <v>807</v>
       </c>
       <c r="B432">
         <v>4708</v>
       </c>
       <c r="C432" t="s">
         <v>888</v>
       </c>
       <c r="D432">
         <v>0</v>
       </c>
       <c r="E432" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" t="s">
         <v>807</v>
       </c>
       <c r="B433">
         <v>6631</v>
       </c>
       <c r="C433" t="s">
         <v>890</v>
       </c>
       <c r="D433">
-        <v>372</v>
+        <v>401</v>
       </c>
       <c r="E433" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" t="s">
         <v>807</v>
       </c>
       <c r="B434">
         <v>4709</v>
       </c>
       <c r="C434" t="s">
         <v>892</v>
       </c>
       <c r="D434">
         <v>157</v>
       </c>
       <c r="E434" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" t="s">
         <v>807</v>
       </c>
       <c r="B435">
         <v>4716</v>
       </c>
       <c r="C435" t="s">
         <v>894</v>
       </c>
       <c r="D435">
         <v>268</v>
       </c>
       <c r="E435" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" t="s">
         <v>536</v>
       </c>
       <c r="B436">
         <v>4799</v>
       </c>
       <c r="C436" t="s">
         <v>896</v>
       </c>
       <c r="D436">
-        <v>270</v>
+        <v>291</v>
       </c>
       <c r="E436" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" t="s">
         <v>807</v>
       </c>
       <c r="B437">
         <v>4686</v>
       </c>
       <c r="C437" t="s">
         <v>898</v>
       </c>
       <c r="D437">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="E437" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" t="s">
         <v>807</v>
       </c>
       <c r="B438">
         <v>4691</v>
       </c>
       <c r="C438" t="s">
         <v>900</v>
       </c>
       <c r="D438">
         <v>82</v>
       </c>
       <c r="E438" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" t="s">
         <v>807</v>
       </c>
       <c r="B439">
         <v>4697</v>
       </c>
       <c r="C439" t="s">
         <v>902</v>
       </c>
       <c r="D439">
-        <v>158</v>
+        <v>171</v>
       </c>
       <c r="E439" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" t="s">
         <v>807</v>
       </c>
       <c r="B440">
         <v>4703</v>
       </c>
       <c r="C440" t="s">
         <v>904</v>
       </c>
       <c r="D440">
         <v>164</v>
       </c>
       <c r="E440" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" t="s">
         <v>807</v>
       </c>
       <c r="B441">
         <v>5778</v>
       </c>
       <c r="C441" t="s">
         <v>906</v>
       </c>
       <c r="D441">
-        <v>218</v>
+        <v>235</v>
       </c>
       <c r="E441" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" t="s">
         <v>807</v>
       </c>
       <c r="B442">
         <v>5779</v>
       </c>
       <c r="C442" t="s">
         <v>908</v>
       </c>
       <c r="D442">
         <v>107</v>
       </c>
       <c r="E442" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" t="s">
         <v>807</v>
       </c>
       <c r="B443">
         <v>4688</v>
       </c>
       <c r="C443" t="s">
         <v>910</v>
       </c>
       <c r="D443">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="E443" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>807</v>
       </c>
       <c r="B444">
         <v>4699</v>
       </c>
       <c r="C444" t="s">
         <v>912</v>
       </c>
       <c r="D444">
         <v>157</v>
       </c>
       <c r="E444" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" t="s">
         <v>807</v>
       </c>
       <c r="B445">
         <v>4706</v>
       </c>
       <c r="C445" t="s">
         <v>914</v>
       </c>
       <c r="D445">
         <v>99</v>
       </c>
       <c r="E445" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" t="s">
         <v>807</v>
       </c>
       <c r="B446">
         <v>5780</v>
       </c>
       <c r="C446" t="s">
         <v>916</v>
       </c>
       <c r="D446">
-        <v>144</v>
+        <v>159</v>
       </c>
       <c r="E446" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" t="s">
         <v>807</v>
       </c>
       <c r="B447">
         <v>4692</v>
       </c>
       <c r="C447" t="s">
         <v>918</v>
       </c>
       <c r="D447">
         <v>72</v>
       </c>
       <c r="E447" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" t="s">
         <v>807</v>
@@ -15024,51 +15024,51 @@
       </c>
       <c r="B449">
         <v>5782</v>
       </c>
       <c r="C449" t="s">
         <v>922</v>
       </c>
       <c r="D449">
         <v>223</v>
       </c>
       <c r="E449" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" t="s">
         <v>807</v>
       </c>
       <c r="B450">
         <v>5783</v>
       </c>
       <c r="C450" t="s">
         <v>924</v>
       </c>
       <c r="D450">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="E450" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" t="s">
         <v>807</v>
       </c>
       <c r="B451">
         <v>4704</v>
       </c>
       <c r="C451" t="s">
         <v>926</v>
       </c>
       <c r="D451">
         <v>73</v>
       </c>
       <c r="E451" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" t="s">
         <v>928</v>
@@ -15381,204 +15381,204 @@
       </c>
       <c r="B470">
         <v>8242</v>
       </c>
       <c r="C470" t="s">
         <v>966</v>
       </c>
       <c r="D470">
         <v>343</v>
       </c>
       <c r="E470" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>959</v>
       </c>
       <c r="B471">
         <v>4738</v>
       </c>
       <c r="C471" t="s">
         <v>968</v>
       </c>
       <c r="D471">
-        <v>249</v>
+        <v>268</v>
       </c>
       <c r="E471" t="s">
         <v>969</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
         <v>959</v>
       </c>
       <c r="B472">
         <v>4739</v>
       </c>
       <c r="C472" t="s">
         <v>970</v>
       </c>
       <c r="D472">
-        <v>379</v>
+        <v>408</v>
       </c>
       <c r="E472" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
         <v>959</v>
       </c>
       <c r="B473">
         <v>4740</v>
       </c>
       <c r="C473" t="s">
         <v>972</v>
       </c>
       <c r="D473">
-        <v>564</v>
+        <v>608</v>
       </c>
       <c r="E473" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
         <v>959</v>
       </c>
       <c r="B474">
         <v>4741</v>
       </c>
       <c r="C474" t="s">
         <v>974</v>
       </c>
       <c r="D474">
-        <v>915</v>
+        <v>985</v>
       </c>
       <c r="E474" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
         <v>959</v>
       </c>
       <c r="B475">
         <v>4742</v>
       </c>
       <c r="C475" t="s">
         <v>976</v>
       </c>
       <c r="D475">
-        <v>1524</v>
+        <v>1642</v>
       </c>
       <c r="E475" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
         <v>959</v>
       </c>
       <c r="B476">
         <v>4743</v>
       </c>
       <c r="C476" t="s">
         <v>978</v>
       </c>
       <c r="D476">
-        <v>2841</v>
+        <v>3060</v>
       </c>
       <c r="E476" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
         <v>959</v>
       </c>
       <c r="B477">
         <v>4954</v>
       </c>
       <c r="C477" t="s">
         <v>980</v>
       </c>
       <c r="D477">
-        <v>5164</v>
+        <v>5563</v>
       </c>
       <c r="E477" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>959</v>
       </c>
       <c r="B478">
         <v>4744</v>
       </c>
       <c r="C478" t="s">
         <v>982</v>
       </c>
       <c r="D478">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="E478" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" t="s">
         <v>959</v>
       </c>
       <c r="B479">
         <v>4745</v>
       </c>
       <c r="C479" t="s">
         <v>984</v>
       </c>
       <c r="D479">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="E479" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" t="s">
         <v>959</v>
       </c>
       <c r="B480">
         <v>4746</v>
       </c>
       <c r="C480" t="s">
         <v>986</v>
       </c>
       <c r="D480">
-        <v>251</v>
+        <v>270</v>
       </c>
       <c r="E480" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" t="s">
         <v>959</v>
       </c>
       <c r="B481">
         <v>5647</v>
       </c>
       <c r="C481" t="s">
         <v>988</v>
       </c>
       <c r="D481">
         <v>231</v>
       </c>
       <c r="E481" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" t="s">
         <v>959</v>
@@ -15653,68 +15653,68 @@
       </c>
       <c r="B486">
         <v>4767</v>
       </c>
       <c r="C486" t="s">
         <v>998</v>
       </c>
       <c r="D486">
         <v>145</v>
       </c>
       <c r="E486" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" t="s">
         <v>327</v>
       </c>
       <c r="B487">
         <v>14781</v>
       </c>
       <c r="C487" t="s">
         <v>1000</v>
       </c>
       <c r="D487">
-        <v>254</v>
+        <v>274</v>
       </c>
       <c r="E487" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" t="s">
         <v>484</v>
       </c>
       <c r="B488">
         <v>14782</v>
       </c>
       <c r="C488" t="s">
         <v>1002</v>
       </c>
       <c r="D488">
-        <v>1985</v>
+        <v>2139</v>
       </c>
       <c r="E488" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" t="s">
         <v>279</v>
       </c>
       <c r="B489">
         <v>15676</v>
       </c>
       <c r="C489" t="s">
         <v>1004</v>
       </c>
       <c r="D489">
         <v>5</v>
       </c>
       <c r="E489" t="s">
         <v>1005</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" t="s">
         <v>1006</v>
@@ -15908,68 +15908,68 @@
       </c>
       <c r="B501">
         <v>4559</v>
       </c>
       <c r="C501" t="s">
         <v>1030</v>
       </c>
       <c r="D501">
         <v>104</v>
       </c>
       <c r="E501" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" t="s">
         <v>807</v>
       </c>
       <c r="B502">
         <v>5784</v>
       </c>
       <c r="C502" t="s">
         <v>1032</v>
       </c>
       <c r="D502">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E502" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" t="s">
         <v>807</v>
       </c>
       <c r="B503">
         <v>5785</v>
       </c>
       <c r="C503" t="s">
         <v>1034</v>
       </c>
       <c r="D503">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E503" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" t="s">
         <v>807</v>
       </c>
       <c r="B504">
         <v>5786</v>
       </c>
       <c r="C504" t="s">
         <v>1036</v>
       </c>
       <c r="D504">
         <v>66</v>
       </c>
       <c r="E504" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" t="s">
         <v>807</v>
@@ -16061,595 +16061,595 @@
       </c>
       <c r="B510">
         <v>4948</v>
       </c>
       <c r="C510" t="s">
         <v>1048</v>
       </c>
       <c r="D510">
         <v>0</v>
       </c>
       <c r="E510" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" t="s">
         <v>5</v>
       </c>
       <c r="B511">
         <v>28885</v>
       </c>
       <c r="C511" t="s">
         <v>1050</v>
       </c>
       <c r="D511">
-        <v>10259</v>
+        <v>10525</v>
       </c>
       <c r="E511" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" t="s">
         <v>807</v>
       </c>
       <c r="B512">
         <v>36066</v>
       </c>
       <c r="C512" t="s">
         <v>1052</v>
       </c>
       <c r="D512">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E512" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" t="s">
         <v>254</v>
       </c>
       <c r="B513">
         <v>16252</v>
       </c>
       <c r="C513" t="s">
         <v>1054</v>
       </c>
       <c r="D513">
         <v>677</v>
       </c>
       <c r="E513" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" t="s">
         <v>735</v>
       </c>
       <c r="B514">
         <v>36048</v>
       </c>
       <c r="C514" t="s">
         <v>1056</v>
       </c>
       <c r="D514">
-        <v>314</v>
+        <v>338</v>
       </c>
       <c r="E514" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" t="s">
         <v>5</v>
       </c>
       <c r="B515">
         <v>36124</v>
       </c>
       <c r="C515" t="s">
         <v>1058</v>
       </c>
       <c r="D515">
         <v>16840</v>
       </c>
       <c r="E515" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" t="s">
         <v>807</v>
       </c>
       <c r="B516">
         <v>36078</v>
       </c>
       <c r="C516" t="s">
         <v>1060</v>
       </c>
       <c r="D516">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="E516" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" t="s">
         <v>536</v>
       </c>
       <c r="B517">
         <v>36080</v>
       </c>
       <c r="C517" t="s">
         <v>1062</v>
       </c>
       <c r="D517">
-        <v>270</v>
+        <v>291</v>
       </c>
       <c r="E517" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" t="s">
         <v>807</v>
       </c>
       <c r="B518">
         <v>36064</v>
       </c>
       <c r="C518" t="s">
         <v>1064</v>
       </c>
       <c r="D518">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E518" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" t="s">
         <v>714</v>
       </c>
       <c r="B519">
         <v>36042</v>
       </c>
       <c r="C519" t="s">
         <v>1066</v>
       </c>
       <c r="D519">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="E519" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" t="s">
         <v>5</v>
       </c>
       <c r="B520">
         <v>36125</v>
       </c>
       <c r="C520" t="s">
         <v>1068</v>
       </c>
       <c r="D520">
         <v>19318</v>
       </c>
       <c r="E520" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" t="s">
         <v>735</v>
       </c>
       <c r="B521">
         <v>36045</v>
       </c>
       <c r="C521" t="s">
         <v>1070</v>
       </c>
       <c r="D521">
-        <v>240</v>
+        <v>258</v>
       </c>
       <c r="E521" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" t="s">
         <v>497</v>
       </c>
       <c r="B522">
         <v>36103</v>
       </c>
       <c r="C522" t="s">
         <v>1072</v>
       </c>
       <c r="D522">
         <v>32</v>
       </c>
       <c r="E522" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" t="s">
         <v>327</v>
       </c>
       <c r="B523">
         <v>36093</v>
       </c>
       <c r="C523" t="s">
         <v>1074</v>
       </c>
       <c r="D523">
-        <v>294</v>
+        <v>317</v>
       </c>
       <c r="E523" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" t="s">
         <v>807</v>
       </c>
       <c r="B524">
         <v>36073</v>
       </c>
       <c r="C524" t="s">
         <v>1076</v>
       </c>
       <c r="D524">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="E524" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" t="s">
         <v>807</v>
       </c>
       <c r="B525">
         <v>36069</v>
       </c>
       <c r="C525" t="s">
         <v>1078</v>
       </c>
       <c r="D525">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E525" t="s">
         <v>1079</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" t="s">
         <v>279</v>
       </c>
       <c r="B526">
         <v>36110</v>
       </c>
       <c r="C526" t="s">
         <v>1080</v>
       </c>
       <c r="D526">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E526" t="s">
         <v>1081</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" t="s">
         <v>279</v>
       </c>
       <c r="B527">
         <v>36111</v>
       </c>
       <c r="C527" t="s">
         <v>1082</v>
       </c>
       <c r="D527">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E527" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" t="s">
         <v>327</v>
       </c>
       <c r="B528">
         <v>36090</v>
       </c>
       <c r="C528" t="s">
         <v>1084</v>
       </c>
       <c r="D528">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="E528" t="s">
         <v>1085</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" t="s">
         <v>561</v>
       </c>
       <c r="B529">
         <v>36056</v>
       </c>
       <c r="C529" t="s">
         <v>1086</v>
       </c>
       <c r="D529">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E529" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" t="s">
         <v>561</v>
       </c>
       <c r="B530">
         <v>36053</v>
       </c>
       <c r="C530" t="s">
         <v>1088</v>
       </c>
       <c r="D530">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E530" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" t="s">
         <v>327</v>
       </c>
       <c r="B531">
         <v>36085</v>
       </c>
       <c r="C531" t="s">
         <v>1090</v>
       </c>
       <c r="D531">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E531" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" t="s">
         <v>561</v>
       </c>
       <c r="B532">
         <v>36050</v>
       </c>
       <c r="C532" t="s">
         <v>1092</v>
       </c>
       <c r="D532">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E532" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" t="s">
         <v>959</v>
       </c>
       <c r="B533">
         <v>36123</v>
       </c>
       <c r="C533" t="s">
         <v>1094</v>
       </c>
       <c r="D533">
         <v>281</v>
       </c>
       <c r="E533" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" t="s">
         <v>735</v>
       </c>
       <c r="B534">
         <v>36047</v>
       </c>
       <c r="C534" t="s">
         <v>1096</v>
       </c>
       <c r="D534">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="E534" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" t="s">
         <v>959</v>
       </c>
       <c r="B535">
         <v>36120</v>
       </c>
       <c r="C535" t="s">
         <v>1098</v>
       </c>
       <c r="D535">
-        <v>581</v>
+        <v>626</v>
       </c>
       <c r="E535" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" t="s">
         <v>327</v>
       </c>
       <c r="B536">
         <v>36099</v>
       </c>
       <c r="C536" t="s">
         <v>1100</v>
       </c>
       <c r="D536">
         <v>204</v>
       </c>
       <c r="E536" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" t="s">
         <v>959</v>
       </c>
       <c r="B537">
         <v>36118</v>
       </c>
       <c r="C537" t="s">
         <v>1102</v>
       </c>
       <c r="D537">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="E537" t="s">
         <v>1103</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" t="s">
         <v>807</v>
       </c>
       <c r="B538">
         <v>36067</v>
       </c>
       <c r="C538" t="s">
         <v>1104</v>
       </c>
       <c r="D538">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E538" t="s">
         <v>1105</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" t="s">
         <v>561</v>
       </c>
       <c r="B539">
         <v>36055</v>
       </c>
       <c r="C539" t="s">
         <v>1106</v>
       </c>
       <c r="D539">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E539" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" t="s">
         <v>807</v>
       </c>
       <c r="B540">
         <v>36065</v>
       </c>
       <c r="C540" t="s">
         <v>1108</v>
       </c>
       <c r="D540">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E540" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" t="s">
         <v>959</v>
       </c>
       <c r="B541">
         <v>36119</v>
       </c>
       <c r="C541" t="s">
         <v>1110</v>
       </c>
       <c r="D541">
-        <v>379</v>
+        <v>408</v>
       </c>
       <c r="E541" t="s">
         <v>1111</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" t="s">
         <v>107</v>
       </c>
       <c r="B542">
         <v>36106</v>
       </c>
       <c r="C542" t="s">
         <v>1112</v>
       </c>
       <c r="D542">
         <v>9</v>
       </c>
       <c r="E542" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" t="s">
         <v>327</v>
       </c>
       <c r="B543">
         <v>36100</v>
       </c>
       <c r="C543" t="s">
         <v>1114</v>
       </c>
       <c r="D543">
-        <v>225</v>
+        <v>242</v>
       </c>
       <c r="E543" t="s">
         <v>1115</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" t="s">
         <v>107</v>
       </c>
       <c r="B544">
         <v>36107</v>
       </c>
       <c r="C544" t="s">
         <v>1116</v>
       </c>
       <c r="D544">
         <v>11</v>
       </c>
       <c r="E544" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" t="s">
         <v>497</v>
@@ -16690,901 +16690,901 @@
       </c>
       <c r="B547">
         <v>36114</v>
       </c>
       <c r="C547" t="s">
         <v>1122</v>
       </c>
       <c r="D547">
         <v>740</v>
       </c>
       <c r="E547" t="s">
         <v>1123</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" t="s">
         <v>807</v>
       </c>
       <c r="B548">
         <v>36079</v>
       </c>
       <c r="C548" t="s">
         <v>1124</v>
       </c>
       <c r="D548">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E548" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" t="s">
         <v>714</v>
       </c>
       <c r="B549">
         <v>36040</v>
       </c>
       <c r="C549" t="s">
         <v>1126</v>
       </c>
       <c r="D549">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="E549" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" t="s">
         <v>561</v>
       </c>
       <c r="B550">
         <v>36058</v>
       </c>
       <c r="C550" t="s">
         <v>1128</v>
       </c>
       <c r="D550">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E550" t="s">
         <v>1129</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" t="s">
         <v>807</v>
       </c>
       <c r="B551">
         <v>36075</v>
       </c>
       <c r="C551" t="s">
         <v>1130</v>
       </c>
       <c r="D551">
         <v>180</v>
       </c>
       <c r="E551" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" t="s">
         <v>807</v>
       </c>
       <c r="B552">
         <v>36068</v>
       </c>
       <c r="C552" t="s">
         <v>1132</v>
       </c>
       <c r="D552">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E552" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
         <v>561</v>
       </c>
       <c r="B553">
         <v>36059</v>
       </c>
       <c r="C553" t="s">
         <v>1134</v>
       </c>
       <c r="D553">
         <v>417</v>
       </c>
       <c r="E553" t="s">
         <v>1135</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" t="s">
         <v>327</v>
       </c>
       <c r="B554">
         <v>36098</v>
       </c>
       <c r="C554" t="s">
         <v>1136</v>
       </c>
       <c r="D554">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="E554" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" t="s">
         <v>497</v>
       </c>
       <c r="B555">
         <v>36102</v>
       </c>
       <c r="C555" t="s">
         <v>1138</v>
       </c>
       <c r="D555">
         <v>65</v>
       </c>
       <c r="E555" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" t="s">
         <v>327</v>
       </c>
       <c r="B556">
         <v>36083</v>
       </c>
       <c r="C556" t="s">
         <v>1140</v>
       </c>
       <c r="D556">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E556" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" t="s">
         <v>561</v>
       </c>
       <c r="B557">
         <v>36054</v>
       </c>
       <c r="C557" t="s">
         <v>1142</v>
       </c>
       <c r="D557">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E557" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" t="s">
         <v>11</v>
       </c>
       <c r="B558">
         <v>36115</v>
       </c>
       <c r="C558" t="s">
         <v>1144</v>
       </c>
       <c r="D558">
-        <v>302</v>
+        <v>325</v>
       </c>
       <c r="E558" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" t="s">
         <v>561</v>
       </c>
       <c r="B559">
         <v>36061</v>
       </c>
       <c r="C559" t="s">
         <v>1146</v>
       </c>
       <c r="D559">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="E559" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" t="s">
         <v>327</v>
       </c>
       <c r="B560">
         <v>36089</v>
       </c>
       <c r="C560" t="s">
         <v>1148</v>
       </c>
       <c r="D560">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E560" t="s">
         <v>1149</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" t="s">
         <v>11</v>
       </c>
       <c r="B561">
         <v>36116</v>
       </c>
       <c r="C561" t="s">
         <v>1150</v>
       </c>
       <c r="D561">
-        <v>393</v>
+        <v>423</v>
       </c>
       <c r="E561" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" t="s">
         <v>735</v>
       </c>
       <c r="B562">
         <v>36049</v>
       </c>
       <c r="C562" t="s">
         <v>1152</v>
       </c>
       <c r="D562">
         <v>3588</v>
       </c>
       <c r="E562" t="s">
         <v>1153</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" t="s">
         <v>735</v>
       </c>
       <c r="B563">
         <v>36044</v>
       </c>
       <c r="C563" t="s">
         <v>1154</v>
       </c>
       <c r="D563">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="E563" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" t="s">
         <v>327</v>
       </c>
       <c r="B564">
         <v>36097</v>
       </c>
       <c r="C564" t="s">
         <v>1156</v>
       </c>
       <c r="D564">
-        <v>368</v>
+        <v>396</v>
       </c>
       <c r="E564" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" t="s">
         <v>11</v>
       </c>
       <c r="B565">
         <v>36117</v>
       </c>
       <c r="C565" t="s">
         <v>1158</v>
       </c>
       <c r="D565">
-        <v>611</v>
+        <v>658</v>
       </c>
       <c r="E565" t="s">
         <v>1159</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" t="s">
         <v>497</v>
       </c>
       <c r="B566">
         <v>36104</v>
       </c>
       <c r="C566" t="s">
         <v>1160</v>
       </c>
       <c r="D566">
         <v>57</v>
       </c>
       <c r="E566" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" t="s">
         <v>107</v>
       </c>
       <c r="B567">
         <v>36108</v>
       </c>
       <c r="C567" t="s">
         <v>1162</v>
       </c>
       <c r="D567">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E567" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" t="s">
         <v>327</v>
       </c>
       <c r="B568">
         <v>36094</v>
       </c>
       <c r="C568" t="s">
         <v>1164</v>
       </c>
       <c r="D568">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="E568" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" t="s">
         <v>327</v>
       </c>
       <c r="B569">
         <v>36086</v>
       </c>
       <c r="C569" t="s">
         <v>1166</v>
       </c>
       <c r="D569">
         <v>124</v>
       </c>
       <c r="E569" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" t="s">
         <v>561</v>
       </c>
       <c r="B570">
         <v>36057</v>
       </c>
       <c r="C570" t="s">
         <v>1168</v>
       </c>
       <c r="D570">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E570" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" t="s">
         <v>327</v>
       </c>
       <c r="B571">
         <v>36092</v>
       </c>
       <c r="C571" t="s">
         <v>1170</v>
       </c>
       <c r="D571">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="E571" t="s">
         <v>1171</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" t="s">
         <v>561</v>
       </c>
       <c r="B572">
         <v>36062</v>
       </c>
       <c r="C572" t="s">
         <v>1172</v>
       </c>
       <c r="D572">
-        <v>245</v>
+        <v>257</v>
       </c>
       <c r="E572" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" t="s">
         <v>327</v>
       </c>
       <c r="B573">
         <v>36087</v>
       </c>
       <c r="C573" t="s">
         <v>1174</v>
       </c>
       <c r="D573">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E573" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" t="s">
         <v>561</v>
       </c>
       <c r="B574">
         <v>36052</v>
       </c>
       <c r="C574" t="s">
         <v>1176</v>
       </c>
       <c r="D574">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E574" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" t="s">
         <v>11</v>
       </c>
       <c r="B575">
         <v>36113</v>
       </c>
       <c r="C575" t="s">
         <v>1178</v>
       </c>
       <c r="D575">
-        <v>470</v>
+        <v>507</v>
       </c>
       <c r="E575" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" t="s">
         <v>279</v>
       </c>
       <c r="B576">
         <v>36109</v>
       </c>
       <c r="C576" t="s">
         <v>1180</v>
       </c>
       <c r="D576">
         <v>7</v>
       </c>
       <c r="E576" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" t="s">
         <v>714</v>
       </c>
       <c r="B577">
         <v>36041</v>
       </c>
       <c r="C577" t="s">
         <v>1182</v>
       </c>
       <c r="D577">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="E577" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" t="s">
         <v>735</v>
       </c>
       <c r="B578">
         <v>36043</v>
       </c>
       <c r="C578" t="s">
         <v>1184</v>
       </c>
       <c r="D578">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="E578" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" t="s">
         <v>327</v>
       </c>
       <c r="B579">
         <v>36096</v>
       </c>
       <c r="C579" t="s">
         <v>1186</v>
       </c>
       <c r="D579">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="E579" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" t="s">
         <v>327</v>
       </c>
       <c r="B580">
         <v>36088</v>
       </c>
       <c r="C580" t="s">
         <v>1188</v>
       </c>
       <c r="D580">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E580" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" t="s">
         <v>959</v>
       </c>
       <c r="B581">
         <v>36122</v>
       </c>
       <c r="C581" t="s">
         <v>1190</v>
       </c>
       <c r="D581">
         <v>185</v>
       </c>
       <c r="E581" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" t="s">
         <v>327</v>
       </c>
       <c r="B582">
         <v>36095</v>
       </c>
       <c r="C582" t="s">
         <v>1192</v>
       </c>
       <c r="D582">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="E582" t="s">
         <v>1193</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" t="s">
         <v>807</v>
       </c>
       <c r="B583">
         <v>36077</v>
       </c>
       <c r="C583" t="s">
         <v>1194</v>
       </c>
       <c r="D583">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="E583" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" t="s">
         <v>561</v>
       </c>
       <c r="B584">
         <v>36063</v>
       </c>
       <c r="C584" t="s">
         <v>1196</v>
       </c>
       <c r="D584">
-        <v>386</v>
+        <v>405</v>
       </c>
       <c r="E584" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" t="s">
         <v>327</v>
       </c>
       <c r="B585">
         <v>36091</v>
       </c>
       <c r="C585" t="s">
         <v>1198</v>
       </c>
       <c r="D585">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="E585" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" t="s">
         <v>807</v>
       </c>
       <c r="B586">
         <v>36074</v>
       </c>
       <c r="C586" t="s">
         <v>1200</v>
       </c>
       <c r="D586">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="E586" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" t="s">
         <v>959</v>
       </c>
       <c r="B587">
         <v>36121</v>
       </c>
       <c r="C587" t="s">
         <v>1202</v>
       </c>
       <c r="D587">
         <v>149</v>
       </c>
       <c r="E587" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" t="s">
         <v>11</v>
       </c>
       <c r="B588">
         <v>36112</v>
       </c>
       <c r="C588" t="s">
         <v>1204</v>
       </c>
       <c r="D588">
-        <v>342</v>
+        <v>368</v>
       </c>
       <c r="E588" t="s">
         <v>1205</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" t="s">
         <v>735</v>
       </c>
       <c r="B589">
         <v>36046</v>
       </c>
       <c r="C589" t="s">
         <v>1206</v>
       </c>
       <c r="D589">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="E589" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" t="s">
         <v>561</v>
       </c>
       <c r="B590">
         <v>36060</v>
       </c>
       <c r="C590" t="s">
         <v>1208</v>
       </c>
       <c r="D590">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="E590" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" t="s">
         <v>807</v>
       </c>
       <c r="B591">
         <v>36072</v>
       </c>
       <c r="C591" t="s">
         <v>1210</v>
       </c>
       <c r="D591">
         <v>123</v>
       </c>
       <c r="E591" t="s">
         <v>1211</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" t="s">
         <v>497</v>
       </c>
       <c r="B592">
         <v>36105</v>
       </c>
       <c r="C592" t="s">
         <v>1212</v>
       </c>
       <c r="D592">
         <v>128</v>
       </c>
       <c r="E592" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" t="s">
         <v>807</v>
       </c>
       <c r="B593">
         <v>36070</v>
       </c>
       <c r="C593" t="s">
         <v>1214</v>
       </c>
       <c r="D593">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="E593" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" t="s">
         <v>327</v>
       </c>
       <c r="B594">
         <v>36084</v>
       </c>
       <c r="C594" t="s">
         <v>1216</v>
       </c>
       <c r="D594">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E594" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" t="s">
         <v>807</v>
       </c>
       <c r="B595">
         <v>36071</v>
       </c>
       <c r="C595" t="s">
         <v>1218</v>
       </c>
       <c r="D595">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="E595" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" t="s">
         <v>807</v>
       </c>
       <c r="B596">
         <v>36081</v>
       </c>
       <c r="C596" t="s">
         <v>1220</v>
       </c>
       <c r="D596">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="E596" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" t="s">
         <v>561</v>
       </c>
       <c r="B597">
         <v>36051</v>
       </c>
       <c r="C597" t="s">
         <v>1222</v>
       </c>
       <c r="D597">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E597" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" t="s">
         <v>807</v>
       </c>
       <c r="B598">
         <v>36076</v>
       </c>
       <c r="C598" t="s">
         <v>1224</v>
       </c>
       <c r="D598">
-        <v>207</v>
+        <v>223</v>
       </c>
       <c r="E598" t="s">
         <v>1225</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -17603,306 +17603,306 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>1227</v>
       </c>
       <c r="D1" t="s">
         <v>1228</v>
       </c>
       <c r="E1" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>12667</v>
       </c>
       <c r="C2" t="s">
         <v>1230</v>
       </c>
       <c r="D2">
-        <v>20670</v>
+        <v>21206</v>
       </c>
       <c r="E2" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3">
         <v>9357</v>
       </c>
       <c r="C3" t="s">
         <v>1232</v>
       </c>
       <c r="D3">
         <v>81</v>
       </c>
       <c r="E3" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4">
         <v>4427</v>
       </c>
       <c r="C4" t="s">
         <v>1234</v>
       </c>
       <c r="D4">
-        <v>302</v>
+        <v>325</v>
       </c>
       <c r="E4" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5">
         <v>4429</v>
       </c>
       <c r="C5" t="s">
         <v>1236</v>
       </c>
       <c r="D5">
-        <v>393</v>
+        <v>423</v>
       </c>
       <c r="E5" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6">
         <v>4431</v>
       </c>
       <c r="C6" t="s">
         <v>1238</v>
       </c>
       <c r="D6">
-        <v>611</v>
+        <v>658</v>
       </c>
       <c r="E6" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
         <v>4433</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7">
-        <v>1029</v>
+        <v>1108</v>
       </c>
       <c r="E7" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>4435</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8">
-        <v>1753</v>
+        <v>1888</v>
       </c>
       <c r="E8" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9">
         <v>4437</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9">
-        <v>3150</v>
+        <v>3393</v>
       </c>
       <c r="E9" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10">
         <v>8469</v>
       </c>
       <c r="C10" t="s">
         <v>1243</v>
       </c>
       <c r="D10">
         <v>67</v>
       </c>
       <c r="E10" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
         <v>8468</v>
       </c>
       <c r="C11" t="s">
         <v>1245</v>
       </c>
       <c r="D11">
         <v>74</v>
       </c>
       <c r="E11" t="s">
         <v>1246</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12">
         <v>4428</v>
       </c>
       <c r="C12" t="s">
         <v>1247</v>
       </c>
       <c r="D12">
-        <v>342</v>
+        <v>368</v>
       </c>
       <c r="E12" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13">
         <v>4430</v>
       </c>
       <c r="C13" t="s">
         <v>1249</v>
       </c>
       <c r="D13">
-        <v>470</v>
+        <v>506</v>
       </c>
       <c r="E13" t="s">
         <v>1250</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14">
         <v>4432</v>
       </c>
       <c r="C14" t="s">
         <v>1251</v>
       </c>
       <c r="D14">
-        <v>660</v>
+        <v>711</v>
       </c>
       <c r="E14" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15">
         <v>4434</v>
       </c>
       <c r="C15" t="s">
         <v>1253</v>
       </c>
       <c r="D15">
-        <v>1104</v>
+        <v>1190</v>
       </c>
       <c r="E15" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16">
         <v>4436</v>
       </c>
       <c r="C16" t="s">
         <v>1255</v>
       </c>
       <c r="D16">
-        <v>1969</v>
+        <v>2121</v>
       </c>
       <c r="E16" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17">
         <v>4438</v>
       </c>
       <c r="C17" t="s">
         <v>1257</v>
       </c>
       <c r="D17">
-        <v>3772</v>
+        <v>4064</v>
       </c>
       <c r="E17" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18">
         <v>5603</v>
       </c>
       <c r="C18" t="s">
         <v>1259</v>
       </c>
       <c r="D18">
         <v>7</v>
       </c>
       <c r="E18" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>8</v>
@@ -17943,51 +17943,51 @@
       </c>
       <c r="B21">
         <v>5629</v>
       </c>
       <c r="C21" t="s">
         <v>1265</v>
       </c>
       <c r="D21">
         <v>36</v>
       </c>
       <c r="E21" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22">
         <v>5631</v>
       </c>
       <c r="C22" t="s">
         <v>1267</v>
       </c>
       <c r="D22">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E22" t="s">
         <v>1268</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23">
         <v>5630</v>
       </c>
       <c r="C23" t="s">
         <v>1269</v>
       </c>
       <c r="D23">
         <v>36</v>
       </c>
       <c r="E23" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>8</v>
@@ -18045,102 +18045,102 @@
       </c>
       <c r="B27">
         <v>5634</v>
       </c>
       <c r="C27" t="s">
         <v>1277</v>
       </c>
       <c r="D27">
         <v>63</v>
       </c>
       <c r="E27" t="s">
         <v>1278</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28">
         <v>5607</v>
       </c>
       <c r="C28" t="s">
         <v>1279</v>
       </c>
       <c r="D28">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E28" t="s">
         <v>1280</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29">
         <v>5635</v>
       </c>
       <c r="C29" t="s">
         <v>1281</v>
       </c>
       <c r="D29">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E29" t="s">
         <v>1282</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30">
         <v>5636</v>
       </c>
       <c r="C30" t="s">
         <v>1283</v>
       </c>
       <c r="D30">
         <v>18</v>
       </c>
       <c r="E30" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31">
         <v>5637</v>
       </c>
       <c r="C31" t="s">
         <v>1285</v>
       </c>
       <c r="D31">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E31" t="s">
         <v>1286</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32">
         <v>5638</v>
       </c>
       <c r="C32" t="s">
         <v>1287</v>
       </c>
       <c r="D32">
         <v>86</v>
       </c>
       <c r="E32" t="s">
         <v>1288</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>8</v>
@@ -18215,51 +18215,51 @@
       </c>
       <c r="B37">
         <v>5641</v>
       </c>
       <c r="C37" t="s">
         <v>1297</v>
       </c>
       <c r="D37">
         <v>125</v>
       </c>
       <c r="E37" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38">
         <v>4797</v>
       </c>
       <c r="C38" t="s">
         <v>1299</v>
       </c>
       <c r="D38">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E38" t="s">
         <v>1300</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39">
         <v>4798</v>
       </c>
       <c r="C39" t="s">
         <v>1301</v>
       </c>
       <c r="D39">
         <v>4</v>
       </c>
       <c r="E39" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>80</v>
@@ -18436,136 +18436,136 @@
       </c>
       <c r="B50">
         <v>4441</v>
       </c>
       <c r="C50" t="s">
         <v>1323</v>
       </c>
       <c r="D50">
         <v>0</v>
       </c>
       <c r="E50" t="s">
         <v>1324</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>107</v>
       </c>
       <c r="B51">
         <v>4443</v>
       </c>
       <c r="C51" t="s">
         <v>108</v>
       </c>
       <c r="D51">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E51" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52">
         <v>4446</v>
       </c>
       <c r="C52" t="s">
         <v>110</v>
       </c>
       <c r="D52">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>107</v>
       </c>
       <c r="B53">
         <v>4448</v>
       </c>
       <c r="C53" t="s">
         <v>112</v>
       </c>
       <c r="D53">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E53" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>107</v>
       </c>
       <c r="B54">
         <v>4449</v>
       </c>
       <c r="C54" t="s">
         <v>114</v>
       </c>
       <c r="D54">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E54" t="s">
         <v>1328</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>107</v>
       </c>
       <c r="B55">
         <v>4450</v>
       </c>
       <c r="C55" t="s">
         <v>116</v>
       </c>
       <c r="D55">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E55" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>107</v>
       </c>
       <c r="B56">
         <v>4451</v>
       </c>
       <c r="C56" t="s">
         <v>118</v>
       </c>
       <c r="D56">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="E56" t="s">
         <v>1330</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>107</v>
       </c>
       <c r="B57">
         <v>4949</v>
       </c>
       <c r="C57" t="s">
         <v>120</v>
       </c>
       <c r="D57">
         <v>64</v>
       </c>
       <c r="E57" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>107</v>
@@ -18589,238 +18589,238 @@
       </c>
       <c r="B59">
         <v>5789</v>
       </c>
       <c r="C59" t="s">
         <v>124</v>
       </c>
       <c r="D59">
         <v>545</v>
       </c>
       <c r="E59" t="s">
         <v>1333</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>107</v>
       </c>
       <c r="B60">
         <v>4444</v>
       </c>
       <c r="C60" t="s">
         <v>1334</v>
       </c>
       <c r="D60">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E60" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>107</v>
       </c>
       <c r="B61">
         <v>4445</v>
       </c>
       <c r="C61" t="s">
         <v>1336</v>
       </c>
       <c r="D61">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E61" t="s">
         <v>1337</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>107</v>
       </c>
       <c r="B62">
         <v>4447</v>
       </c>
       <c r="C62" t="s">
         <v>1338</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
       <c r="E62" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>5</v>
       </c>
       <c r="B63">
         <v>5626</v>
       </c>
       <c r="C63" t="s">
         <v>1340</v>
       </c>
       <c r="D63">
-        <v>1032</v>
+        <v>1111</v>
       </c>
       <c r="E63" t="s">
         <v>1341</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>5</v>
       </c>
       <c r="B64">
         <v>5627</v>
       </c>
       <c r="C64" t="s">
         <v>1342</v>
       </c>
       <c r="D64">
-        <v>1056</v>
+        <v>1138</v>
       </c>
       <c r="E64" t="s">
         <v>1343</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>80</v>
       </c>
       <c r="B65">
         <v>5770</v>
       </c>
       <c r="C65" t="s">
         <v>1344</v>
       </c>
       <c r="D65">
         <v>256</v>
       </c>
       <c r="E65" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>80</v>
       </c>
       <c r="B66">
         <v>5771</v>
       </c>
       <c r="C66" t="s">
         <v>1346</v>
       </c>
       <c r="D66">
         <v>318</v>
       </c>
       <c r="E66" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>80</v>
       </c>
       <c r="B67">
         <v>5772</v>
       </c>
       <c r="C67" t="s">
         <v>1348</v>
       </c>
       <c r="D67">
-        <v>1002</v>
+        <v>1080</v>
       </c>
       <c r="E67" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>80</v>
       </c>
       <c r="B68">
         <v>5773</v>
       </c>
       <c r="C68" t="s">
         <v>1350</v>
       </c>
       <c r="D68">
-        <v>1228</v>
+        <v>1323</v>
       </c>
       <c r="E68" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>80</v>
       </c>
       <c r="B69">
         <v>5774</v>
       </c>
       <c r="C69" t="s">
         <v>1352</v>
       </c>
       <c r="D69">
-        <v>1394</v>
+        <v>1502</v>
       </c>
       <c r="E69" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>80</v>
       </c>
       <c r="B70">
         <v>5776</v>
       </c>
       <c r="C70" t="s">
         <v>1354</v>
       </c>
       <c r="D70">
-        <v>1688</v>
+        <v>1818</v>
       </c>
       <c r="E70" t="s">
         <v>1355</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>80</v>
       </c>
       <c r="B71">
         <v>5775</v>
       </c>
       <c r="C71" t="s">
         <v>1356</v>
       </c>
       <c r="D71">
-        <v>2136</v>
+        <v>2301</v>
       </c>
       <c r="E71" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>5</v>
       </c>
       <c r="B72">
         <v>5610</v>
       </c>
       <c r="C72" t="s">
         <v>1358</v>
       </c>
       <c r="D72">
         <v>811</v>
       </c>
       <c r="E72" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>5</v>
@@ -19371,187 +19371,187 @@
       </c>
       <c r="B105">
         <v>4458</v>
       </c>
       <c r="C105" t="s">
         <v>1424</v>
       </c>
       <c r="D105">
         <v>330</v>
       </c>
       <c r="E105" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>5</v>
       </c>
       <c r="B106">
         <v>4459</v>
       </c>
       <c r="C106" t="s">
         <v>1426</v>
       </c>
       <c r="D106">
-        <v>675</v>
+        <v>727</v>
       </c>
       <c r="E106" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>5</v>
       </c>
       <c r="B107">
         <v>4460</v>
       </c>
       <c r="C107" t="s">
         <v>1428</v>
       </c>
       <c r="D107">
-        <v>743</v>
+        <v>800</v>
       </c>
       <c r="E107" t="s">
         <v>1429</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>5</v>
       </c>
       <c r="B108">
         <v>4812</v>
       </c>
       <c r="C108" t="s">
         <v>1430</v>
       </c>
       <c r="D108">
-        <v>992</v>
+        <v>1069</v>
       </c>
       <c r="E108" t="s">
         <v>1431</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>5</v>
       </c>
       <c r="B109">
         <v>4813</v>
       </c>
       <c r="C109" t="s">
         <v>1432</v>
       </c>
       <c r="D109">
-        <v>1400</v>
+        <v>1509</v>
       </c>
       <c r="E109" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>5</v>
       </c>
       <c r="B110">
         <v>4814</v>
       </c>
       <c r="C110" t="s">
         <v>1434</v>
       </c>
       <c r="D110">
-        <v>1926</v>
+        <v>2075</v>
       </c>
       <c r="E110" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>5</v>
       </c>
       <c r="B111">
         <v>4815</v>
       </c>
       <c r="C111" t="s">
         <v>1436</v>
       </c>
       <c r="D111">
-        <v>2310</v>
+        <v>2489</v>
       </c>
       <c r="E111" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>5</v>
       </c>
       <c r="B112">
         <v>4928</v>
       </c>
       <c r="C112" t="s">
         <v>1438</v>
       </c>
       <c r="D112">
-        <v>2868</v>
+        <v>3090</v>
       </c>
       <c r="E112" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>5</v>
       </c>
       <c r="B113">
         <v>4929</v>
       </c>
       <c r="C113" t="s">
         <v>1440</v>
       </c>
       <c r="D113">
-        <v>3842</v>
+        <v>4138</v>
       </c>
       <c r="E113" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>5</v>
       </c>
       <c r="B114">
         <v>4930</v>
       </c>
       <c r="C114" t="s">
         <v>1442</v>
       </c>
       <c r="D114">
-        <v>5336</v>
+        <v>5748</v>
       </c>
       <c r="E114" t="s">
         <v>1443</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>237</v>
       </c>
       <c r="B115">
         <v>4464</v>
       </c>
       <c r="C115" t="s">
         <v>1444</v>
       </c>
       <c r="D115">
         <v>482</v>
       </c>
       <c r="E115" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>237</v>
@@ -19660,51 +19660,51 @@
       </c>
       <c r="B122">
         <v>5131</v>
       </c>
       <c r="C122" t="s">
         <v>1458</v>
       </c>
       <c r="D122">
         <v>0</v>
       </c>
       <c r="E122" t="s">
         <v>1459</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>254</v>
       </c>
       <c r="B123">
         <v>5648</v>
       </c>
       <c r="C123" t="s">
         <v>1460</v>
       </c>
       <c r="D123">
-        <v>667</v>
+        <v>688</v>
       </c>
       <c r="E123" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>254</v>
       </c>
       <c r="B124">
         <v>5649</v>
       </c>
       <c r="C124" t="s">
         <v>1462</v>
       </c>
       <c r="D124">
         <v>838</v>
       </c>
       <c r="E124" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>254</v>
@@ -19881,102 +19881,102 @@
       </c>
       <c r="B135">
         <v>4470</v>
       </c>
       <c r="C135" t="s">
         <v>1484</v>
       </c>
       <c r="D135">
         <v>7</v>
       </c>
       <c r="E135" t="s">
         <v>1485</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>279</v>
       </c>
       <c r="B136">
         <v>4471</v>
       </c>
       <c r="C136" t="s">
         <v>1486</v>
       </c>
       <c r="D136">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E136" t="s">
         <v>1487</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>279</v>
       </c>
       <c r="B137">
         <v>4472</v>
       </c>
       <c r="C137" t="s">
         <v>1488</v>
       </c>
       <c r="D137">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E137" t="s">
         <v>1489</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>279</v>
       </c>
       <c r="B138">
         <v>4473</v>
       </c>
       <c r="C138" t="s">
         <v>1490</v>
       </c>
       <c r="D138">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E138" t="s">
         <v>1491</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>279</v>
       </c>
       <c r="B139">
         <v>4474</v>
       </c>
       <c r="C139" t="s">
         <v>1492</v>
       </c>
       <c r="D139">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E139" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>279</v>
       </c>
       <c r="B140">
         <v>4475</v>
       </c>
       <c r="C140" t="s">
         <v>1494</v>
       </c>
       <c r="D140">
         <v>27</v>
       </c>
       <c r="E140" t="s">
         <v>1495</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>279</v>
@@ -20017,68 +20017,68 @@
       </c>
       <c r="B143">
         <v>5591</v>
       </c>
       <c r="C143" t="s">
         <v>1500</v>
       </c>
       <c r="D143">
         <v>125</v>
       </c>
       <c r="E143" t="s">
         <v>1501</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>279</v>
       </c>
       <c r="B144">
         <v>5021</v>
       </c>
       <c r="C144" t="s">
         <v>1502</v>
       </c>
       <c r="D144">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E144" t="s">
         <v>1503</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>279</v>
       </c>
       <c r="B145">
         <v>5034</v>
       </c>
       <c r="C145" t="s">
         <v>1504</v>
       </c>
       <c r="D145">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E145" t="s">
         <v>1505</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>279</v>
       </c>
       <c r="B146">
         <v>4476</v>
       </c>
       <c r="C146" t="s">
         <v>1506</v>
       </c>
       <c r="D146">
         <v>0</v>
       </c>
       <c r="E146" t="s">
         <v>1507</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>279</v>
@@ -20153,85 +20153,85 @@
       </c>
       <c r="B151">
         <v>4481</v>
       </c>
       <c r="C151" t="s">
         <v>1516</v>
       </c>
       <c r="D151">
         <v>23</v>
       </c>
       <c r="E151" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>314</v>
       </c>
       <c r="B152">
         <v>4482</v>
       </c>
       <c r="C152" t="s">
         <v>1518</v>
       </c>
       <c r="D152">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E152" t="s">
         <v>1519</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>314</v>
       </c>
       <c r="B153">
         <v>4484</v>
       </c>
       <c r="C153" t="s">
         <v>1520</v>
       </c>
       <c r="D153">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E153" t="s">
         <v>1521</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>314</v>
       </c>
       <c r="B154">
         <v>4486</v>
       </c>
       <c r="C154" t="s">
         <v>1522</v>
       </c>
       <c r="D154">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E154" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>314</v>
       </c>
       <c r="B155">
         <v>4487</v>
       </c>
       <c r="C155" t="s">
         <v>1524</v>
       </c>
       <c r="D155">
         <v>99</v>
       </c>
       <c r="E155" t="s">
         <v>1525</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>314</v>
@@ -20272,1241 +20272,1241 @@
       </c>
       <c r="B158">
         <v>8883</v>
       </c>
       <c r="C158" t="s">
         <v>328</v>
       </c>
       <c r="D158">
         <v>0</v>
       </c>
       <c r="E158" t="s">
         <v>1530</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>327</v>
       </c>
       <c r="B159">
         <v>4492</v>
       </c>
       <c r="C159" t="s">
         <v>330</v>
       </c>
       <c r="D159">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>1531</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>327</v>
       </c>
       <c r="B160">
         <v>4502</v>
       </c>
       <c r="C160" t="s">
         <v>332</v>
       </c>
       <c r="D160">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E160" t="s">
         <v>1532</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>327</v>
       </c>
       <c r="B161">
         <v>4516</v>
       </c>
       <c r="C161" t="s">
         <v>334</v>
       </c>
       <c r="D161">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E161" t="s">
         <v>1533</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>327</v>
       </c>
       <c r="B162">
         <v>4524</v>
       </c>
       <c r="C162" t="s">
         <v>336</v>
       </c>
       <c r="D162">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E162" t="s">
         <v>1534</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>327</v>
       </c>
       <c r="B163">
         <v>4533</v>
       </c>
       <c r="C163" t="s">
         <v>338</v>
       </c>
       <c r="D163">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E163" t="s">
         <v>1535</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>327</v>
       </c>
       <c r="B164">
         <v>4541</v>
       </c>
       <c r="C164" t="s">
         <v>340</v>
       </c>
       <c r="D164">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="E164" t="s">
         <v>1536</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>327</v>
       </c>
       <c r="B165">
         <v>4548</v>
       </c>
       <c r="C165" t="s">
         <v>342</v>
       </c>
       <c r="D165">
-        <v>284</v>
+        <v>306</v>
       </c>
       <c r="E165" t="s">
         <v>1537</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>327</v>
       </c>
       <c r="B166">
         <v>4553</v>
       </c>
       <c r="C166" t="s">
         <v>344</v>
       </c>
       <c r="D166">
-        <v>284</v>
+        <v>306</v>
       </c>
       <c r="E166" t="s">
         <v>1538</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>327</v>
       </c>
       <c r="B167">
         <v>4554</v>
       </c>
       <c r="C167" t="s">
         <v>346</v>
       </c>
       <c r="D167">
-        <v>523</v>
+        <v>563</v>
       </c>
       <c r="E167" t="s">
         <v>1539</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>327</v>
       </c>
       <c r="B168">
         <v>4501</v>
       </c>
       <c r="C168" t="s">
         <v>1540</v>
       </c>
       <c r="D168">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E168" t="s">
         <v>1541</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>327</v>
       </c>
       <c r="B169">
         <v>4511</v>
       </c>
       <c r="C169" t="s">
         <v>1542</v>
       </c>
       <c r="D169">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E169" t="s">
         <v>1543</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>327</v>
       </c>
       <c r="B170">
         <v>4512</v>
       </c>
       <c r="C170" t="s">
         <v>1544</v>
       </c>
       <c r="D170">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E170" t="s">
         <v>1545</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>327</v>
       </c>
       <c r="B171">
         <v>4521</v>
       </c>
       <c r="C171" t="s">
         <v>1546</v>
       </c>
       <c r="D171">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E171" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>327</v>
       </c>
       <c r="B172">
         <v>4522</v>
       </c>
       <c r="C172" t="s">
         <v>1548</v>
       </c>
       <c r="D172">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E172" t="s">
         <v>1549</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>327</v>
       </c>
       <c r="B173">
         <v>4523</v>
       </c>
       <c r="C173" t="s">
         <v>1550</v>
       </c>
       <c r="D173">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E173" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>327</v>
       </c>
       <c r="B174">
         <v>4529</v>
       </c>
       <c r="C174" t="s">
         <v>1552</v>
       </c>
       <c r="D174">
         <v>22</v>
       </c>
       <c r="E174" t="s">
         <v>1553</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>327</v>
       </c>
       <c r="B175">
         <v>4530</v>
       </c>
       <c r="C175" t="s">
         <v>1554</v>
       </c>
       <c r="D175">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E175" t="s">
         <v>1555</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>327</v>
       </c>
       <c r="B176">
         <v>4531</v>
       </c>
       <c r="C176" t="s">
         <v>1556</v>
       </c>
       <c r="D176">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E176" t="s">
         <v>1557</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>327</v>
       </c>
       <c r="B177">
         <v>4532</v>
       </c>
       <c r="C177" t="s">
         <v>1558</v>
       </c>
       <c r="D177">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="E177" t="s">
         <v>1559</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>327</v>
       </c>
       <c r="B178">
         <v>4536</v>
       </c>
       <c r="C178" t="s">
         <v>1560</v>
       </c>
       <c r="D178">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="E178" t="s">
         <v>1561</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>327</v>
       </c>
       <c r="B179">
         <v>4537</v>
       </c>
       <c r="C179" t="s">
         <v>1562</v>
       </c>
       <c r="D179">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="E179" t="s">
         <v>1563</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>327</v>
       </c>
       <c r="B180">
         <v>4538</v>
       </c>
       <c r="C180" t="s">
         <v>1564</v>
       </c>
       <c r="D180">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="E180" t="s">
         <v>1565</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>327</v>
       </c>
       <c r="B181">
         <v>4539</v>
       </c>
       <c r="C181" t="s">
         <v>1566</v>
       </c>
       <c r="D181">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="E181" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>327</v>
       </c>
       <c r="B182">
         <v>4540</v>
       </c>
       <c r="C182" t="s">
         <v>1568</v>
       </c>
       <c r="D182">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="E182" t="s">
         <v>1569</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
         <v>327</v>
       </c>
       <c r="B183">
         <v>6628</v>
       </c>
       <c r="C183" t="s">
         <v>1570</v>
       </c>
       <c r="D183">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E183" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
         <v>327</v>
       </c>
       <c r="B184">
         <v>4544</v>
       </c>
       <c r="C184" t="s">
         <v>1572</v>
       </c>
       <c r="D184">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E184" t="s">
         <v>1573</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>327</v>
       </c>
       <c r="B185">
         <v>4545</v>
       </c>
       <c r="C185" t="s">
         <v>1574</v>
       </c>
       <c r="D185">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E185" t="s">
         <v>1575</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>327</v>
       </c>
       <c r="B186">
         <v>4546</v>
       </c>
       <c r="C186" t="s">
         <v>1576</v>
       </c>
       <c r="D186">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="E186" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>327</v>
       </c>
       <c r="B187">
         <v>4547</v>
       </c>
       <c r="C187" t="s">
         <v>1578</v>
       </c>
       <c r="D187">
-        <v>219</v>
+        <v>236</v>
       </c>
       <c r="E187" t="s">
         <v>1579</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>327</v>
       </c>
       <c r="B188">
         <v>4549</v>
       </c>
       <c r="C188" t="s">
         <v>1580</v>
       </c>
       <c r="D188">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E188" t="s">
         <v>1581</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>327</v>
       </c>
       <c r="B189">
         <v>4550</v>
       </c>
       <c r="C189" t="s">
         <v>1582</v>
       </c>
       <c r="D189">
         <v>182</v>
       </c>
       <c r="E189" t="s">
         <v>1583</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>327</v>
       </c>
       <c r="B190">
         <v>4551</v>
       </c>
       <c r="C190" t="s">
         <v>1584</v>
       </c>
       <c r="D190">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="E190" t="s">
         <v>1585</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>327</v>
       </c>
       <c r="B191">
         <v>4552</v>
       </c>
       <c r="C191" t="s">
         <v>1586</v>
       </c>
       <c r="D191">
-        <v>297</v>
+        <v>320</v>
       </c>
       <c r="E191" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>327</v>
       </c>
       <c r="B192">
         <v>4555</v>
       </c>
       <c r="C192" t="s">
         <v>1588</v>
       </c>
       <c r="D192">
-        <v>474</v>
+        <v>511</v>
       </c>
       <c r="E192" t="s">
         <v>1589</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>327</v>
       </c>
       <c r="B193">
         <v>4556</v>
       </c>
       <c r="C193" t="s">
         <v>1590</v>
       </c>
       <c r="D193">
-        <v>490</v>
+        <v>528</v>
       </c>
       <c r="E193" t="s">
         <v>1591</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>327</v>
       </c>
       <c r="B194">
         <v>4557</v>
       </c>
       <c r="C194" t="s">
         <v>1592</v>
       </c>
       <c r="D194">
-        <v>521</v>
+        <v>562</v>
       </c>
       <c r="E194" t="s">
         <v>1593</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>327</v>
       </c>
       <c r="B195">
         <v>4558</v>
       </c>
       <c r="C195" t="s">
         <v>1594</v>
       </c>
       <c r="D195">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="E195" t="s">
         <v>1595</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>327</v>
       </c>
       <c r="B196">
         <v>4488</v>
       </c>
       <c r="C196" t="s">
         <v>404</v>
       </c>
       <c r="D196">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="E196" t="s">
         <v>1596</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>327</v>
       </c>
       <c r="B197">
         <v>4491</v>
       </c>
       <c r="C197" t="s">
         <v>1597</v>
       </c>
       <c r="D197">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="E197" t="s">
         <v>1598</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>327</v>
       </c>
       <c r="B198">
         <v>4493</v>
       </c>
       <c r="C198" t="s">
         <v>408</v>
       </c>
       <c r="D198">
-        <v>162</v>
+        <v>174</v>
       </c>
       <c r="E198" t="s">
         <v>1599</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
         <v>327</v>
       </c>
       <c r="B199">
         <v>4496</v>
       </c>
       <c r="C199" t="s">
         <v>1600</v>
       </c>
       <c r="D199">
-        <v>174</v>
+        <v>188</v>
       </c>
       <c r="E199" t="s">
         <v>1601</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>327</v>
       </c>
       <c r="B200">
         <v>4498</v>
       </c>
       <c r="C200" t="s">
         <v>412</v>
       </c>
       <c r="D200">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="E200" t="s">
         <v>1602</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>327</v>
       </c>
       <c r="B201">
         <v>4500</v>
       </c>
       <c r="C201" t="s">
         <v>1603</v>
       </c>
       <c r="D201">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="E201" t="s">
         <v>1604</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>327</v>
       </c>
       <c r="B202">
         <v>4503</v>
       </c>
       <c r="C202" t="s">
         <v>416</v>
       </c>
       <c r="D202">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="E202" t="s">
         <v>1605</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>327</v>
       </c>
       <c r="B203">
         <v>4506</v>
       </c>
       <c r="C203" t="s">
         <v>1606</v>
       </c>
       <c r="D203">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="E203" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>327</v>
       </c>
       <c r="B204">
         <v>4827</v>
       </c>
       <c r="C204" t="s">
         <v>420</v>
       </c>
       <c r="D204">
         <v>0</v>
       </c>
       <c r="E204" t="s">
         <v>1608</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>327</v>
       </c>
       <c r="B205">
         <v>4513</v>
       </c>
       <c r="C205" t="s">
         <v>422</v>
       </c>
       <c r="D205">
-        <v>194</v>
+        <v>209</v>
       </c>
       <c r="E205" t="s">
         <v>1609</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>327</v>
       </c>
       <c r="B206">
         <v>4515</v>
       </c>
       <c r="C206" t="s">
         <v>1610</v>
       </c>
       <c r="D206">
-        <v>205</v>
+        <v>221</v>
       </c>
       <c r="E206" t="s">
         <v>1611</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>327</v>
       </c>
       <c r="B207">
         <v>5867</v>
       </c>
       <c r="C207" t="s">
         <v>426</v>
       </c>
       <c r="D207">
-        <v>294</v>
+        <v>317</v>
       </c>
       <c r="E207" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>327</v>
       </c>
       <c r="B208">
         <v>5866</v>
       </c>
       <c r="C208" t="s">
         <v>1613</v>
       </c>
       <c r="D208">
-        <v>368</v>
+        <v>396</v>
       </c>
       <c r="E208" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>327</v>
       </c>
       <c r="B209">
         <v>4519</v>
       </c>
       <c r="C209" t="s">
         <v>430</v>
       </c>
       <c r="D209">
         <v>0</v>
       </c>
       <c r="E209" t="s">
         <v>1615</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>327</v>
       </c>
       <c r="B210">
         <v>4517</v>
       </c>
       <c r="C210" t="s">
         <v>432</v>
       </c>
       <c r="D210">
-        <v>607</v>
+        <v>653</v>
       </c>
       <c r="E210" t="s">
         <v>1616</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>327</v>
       </c>
       <c r="B211">
         <v>4518</v>
       </c>
       <c r="C211" t="s">
         <v>1617</v>
       </c>
       <c r="D211">
-        <v>702</v>
+        <v>756</v>
       </c>
       <c r="E211" t="s">
         <v>1618</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>327</v>
       </c>
       <c r="B212">
         <v>4527</v>
       </c>
       <c r="C212" t="s">
         <v>436</v>
       </c>
       <c r="D212">
         <v>0</v>
       </c>
       <c r="E212" t="s">
         <v>1619</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>327</v>
       </c>
       <c r="B213">
         <v>4525</v>
       </c>
       <c r="C213" t="s">
         <v>438</v>
       </c>
       <c r="D213">
-        <v>950</v>
+        <v>1023</v>
       </c>
       <c r="E213" t="s">
         <v>1620</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>327</v>
       </c>
       <c r="B214">
         <v>4526</v>
       </c>
       <c r="C214" t="s">
         <v>1621</v>
       </c>
       <c r="D214">
-        <v>1052</v>
+        <v>1133</v>
       </c>
       <c r="E214" t="s">
         <v>1622</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
         <v>327</v>
       </c>
       <c r="B215">
         <v>4534</v>
       </c>
       <c r="C215" t="s">
         <v>442</v>
       </c>
       <c r="D215">
-        <v>1494</v>
+        <v>1609</v>
       </c>
       <c r="E215" t="s">
         <v>1623</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>327</v>
       </c>
       <c r="B216">
         <v>4535</v>
       </c>
       <c r="C216" t="s">
         <v>1624</v>
       </c>
       <c r="D216">
-        <v>1484</v>
+        <v>1599</v>
       </c>
       <c r="E216" t="s">
         <v>1625</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>327</v>
       </c>
       <c r="B217">
         <v>4542</v>
       </c>
       <c r="C217" t="s">
         <v>446</v>
       </c>
       <c r="D217">
-        <v>2639</v>
+        <v>2842</v>
       </c>
       <c r="E217" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>327</v>
       </c>
       <c r="B218">
         <v>4543</v>
       </c>
       <c r="C218" t="s">
         <v>1627</v>
       </c>
       <c r="D218">
-        <v>2856</v>
+        <v>3077</v>
       </c>
       <c r="E218" t="s">
         <v>1628</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>327</v>
       </c>
       <c r="B219">
         <v>4918</v>
       </c>
       <c r="C219" t="s">
         <v>450</v>
       </c>
       <c r="D219">
         <v>0</v>
       </c>
       <c r="E219" t="s">
         <v>1629</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>327</v>
       </c>
       <c r="B220">
         <v>4919</v>
       </c>
       <c r="C220" t="s">
         <v>1630</v>
       </c>
       <c r="D220">
         <v>0</v>
       </c>
       <c r="E220" t="s">
         <v>1631</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>327</v>
       </c>
       <c r="B221">
         <v>5592</v>
       </c>
       <c r="C221" t="s">
         <v>1632</v>
       </c>
       <c r="D221">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="E221" t="s">
         <v>1633</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>327</v>
       </c>
       <c r="B222">
         <v>5643</v>
       </c>
       <c r="C222" t="s">
         <v>1634</v>
       </c>
       <c r="D222">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="E222" t="s">
         <v>1635</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>327</v>
       </c>
       <c r="B223">
         <v>5644</v>
       </c>
       <c r="C223" t="s">
         <v>1636</v>
       </c>
       <c r="D223">
         <v>127</v>
       </c>
       <c r="E223" t="s">
         <v>1637</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>327</v>
       </c>
       <c r="B224">
         <v>5645</v>
       </c>
       <c r="C224" t="s">
         <v>1638</v>
       </c>
       <c r="D224">
         <v>54</v>
       </c>
       <c r="E224" t="s">
         <v>1639</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>327</v>
       </c>
       <c r="B225">
         <v>4489</v>
       </c>
       <c r="C225" t="s">
         <v>1640</v>
       </c>
       <c r="D225">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="E225" t="s">
         <v>1641</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>327</v>
       </c>
       <c r="B226">
         <v>4495</v>
       </c>
       <c r="C226" t="s">
         <v>1642</v>
       </c>
       <c r="D226">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="E226" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>327</v>
       </c>
       <c r="B227">
         <v>6400</v>
       </c>
       <c r="C227" t="s">
         <v>1642</v>
       </c>
       <c r="D227">
-        <v>250</v>
+        <v>269</v>
       </c>
       <c r="E227" t="s">
         <v>1644</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>327</v>
       </c>
       <c r="B228">
         <v>4504</v>
       </c>
       <c r="C228" t="s">
         <v>1645</v>
       </c>
       <c r="D228">
-        <v>281</v>
+        <v>303</v>
       </c>
       <c r="E228" t="s">
         <v>1646</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>327</v>
       </c>
       <c r="B229">
         <v>4508</v>
       </c>
       <c r="C229" t="s">
         <v>1647</v>
       </c>
       <c r="D229">
-        <v>486</v>
+        <v>523</v>
       </c>
       <c r="E229" t="s">
         <v>1648</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>327</v>
       </c>
       <c r="B230">
         <v>4490</v>
       </c>
       <c r="C230" t="s">
         <v>1640</v>
       </c>
       <c r="D230">
         <v>39</v>
       </c>
       <c r="E230" t="s">
         <v>1649</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>327</v>
@@ -21615,238 +21615,238 @@
       </c>
       <c r="B237">
         <v>5593</v>
       </c>
       <c r="C237" t="s">
         <v>1660</v>
       </c>
       <c r="D237">
         <v>0</v>
       </c>
       <c r="E237" t="s">
         <v>1661</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>484</v>
       </c>
       <c r="B238">
         <v>5594</v>
       </c>
       <c r="C238" t="s">
         <v>1660</v>
       </c>
       <c r="D238">
-        <v>1215</v>
+        <v>1246</v>
       </c>
       <c r="E238" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>484</v>
       </c>
       <c r="B239">
         <v>4560</v>
       </c>
       <c r="C239" t="s">
         <v>1660</v>
       </c>
       <c r="D239">
         <v>0</v>
       </c>
       <c r="E239" t="s">
         <v>1663</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
         <v>484</v>
       </c>
       <c r="B240">
         <v>5595</v>
       </c>
       <c r="C240" t="s">
         <v>1660</v>
       </c>
       <c r="D240">
         <v>1064</v>
       </c>
       <c r="E240" t="s">
         <v>1664</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
         <v>484</v>
       </c>
       <c r="B241">
         <v>5596</v>
       </c>
       <c r="C241" t="s">
         <v>1665</v>
       </c>
       <c r="D241">
-        <v>4387</v>
+        <v>4501</v>
       </c>
       <c r="E241" t="s">
         <v>1666</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" t="s">
         <v>497</v>
       </c>
       <c r="B242">
         <v>4561</v>
       </c>
       <c r="C242" t="s">
         <v>1667</v>
       </c>
       <c r="D242">
         <v>0</v>
       </c>
       <c r="E242" t="s">
         <v>1668</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" t="s">
         <v>497</v>
       </c>
       <c r="B243">
         <v>4562</v>
       </c>
       <c r="C243" t="s">
         <v>1669</v>
       </c>
       <c r="D243">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="E243" t="s">
         <v>1670</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" t="s">
         <v>497</v>
       </c>
       <c r="B244">
         <v>4563</v>
       </c>
       <c r="C244" t="s">
         <v>1671</v>
       </c>
       <c r="D244">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E244" t="s">
         <v>1672</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
         <v>497</v>
       </c>
       <c r="B245">
         <v>4564</v>
       </c>
       <c r="C245" t="s">
         <v>1673</v>
       </c>
       <c r="D245">
         <v>46</v>
       </c>
       <c r="E245" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
         <v>497</v>
       </c>
       <c r="B246">
         <v>4768</v>
       </c>
       <c r="C246" t="s">
         <v>1669</v>
       </c>
       <c r="D246">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>1675</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" t="s">
         <v>497</v>
       </c>
       <c r="B247">
         <v>4566</v>
       </c>
       <c r="C247" t="s">
         <v>1669</v>
       </c>
       <c r="D247">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E247" t="s">
         <v>1676</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
         <v>497</v>
       </c>
       <c r="B248">
         <v>4567</v>
       </c>
       <c r="C248" t="s">
         <v>1671</v>
       </c>
       <c r="D248">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E248" t="s">
         <v>1677</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
         <v>497</v>
       </c>
       <c r="B249">
         <v>4568</v>
       </c>
       <c r="C249" t="s">
         <v>1673</v>
       </c>
       <c r="D249">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="E249" t="s">
         <v>1678</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" t="s">
         <v>497</v>
       </c>
       <c r="B250">
         <v>4569</v>
       </c>
       <c r="C250" t="s">
         <v>1679</v>
       </c>
       <c r="D250">
         <v>99</v>
       </c>
       <c r="E250" t="s">
         <v>1680</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
         <v>497</v>
@@ -21870,136 +21870,136 @@
       </c>
       <c r="B252">
         <v>4571</v>
       </c>
       <c r="C252" t="s">
         <v>1683</v>
       </c>
       <c r="D252">
         <v>229</v>
       </c>
       <c r="E252" t="s">
         <v>1684</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
         <v>5</v>
       </c>
       <c r="B253">
         <v>4574</v>
       </c>
       <c r="C253" t="s">
         <v>1685</v>
       </c>
       <c r="D253">
-        <v>9326</v>
+        <v>9568</v>
       </c>
       <c r="E253" t="s">
         <v>1686</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
         <v>5</v>
       </c>
       <c r="B254">
         <v>4575</v>
       </c>
       <c r="C254" t="s">
         <v>1687</v>
       </c>
       <c r="D254">
-        <v>15649</v>
+        <v>16055</v>
       </c>
       <c r="E254" t="s">
         <v>1688</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
         <v>5</v>
       </c>
       <c r="B255">
         <v>5132</v>
       </c>
       <c r="C255" t="s">
         <v>1689</v>
       </c>
       <c r="D255">
-        <v>18481</v>
+        <v>18961</v>
       </c>
       <c r="E255" t="s">
         <v>1690</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
         <v>5</v>
       </c>
       <c r="B256">
         <v>5133</v>
       </c>
       <c r="C256" t="s">
         <v>1691</v>
       </c>
       <c r="D256">
-        <v>20561</v>
+        <v>21095</v>
       </c>
       <c r="E256" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
         <v>5</v>
       </c>
       <c r="B257">
         <v>4576</v>
       </c>
       <c r="C257" t="s">
         <v>1693</v>
       </c>
       <c r="D257">
-        <v>17571</v>
+        <v>18027</v>
       </c>
       <c r="E257" t="s">
         <v>1694</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
         <v>5</v>
       </c>
       <c r="B258">
         <v>4577</v>
       </c>
       <c r="C258" t="s">
         <v>1695</v>
       </c>
       <c r="D258">
-        <v>19223</v>
+        <v>19722</v>
       </c>
       <c r="E258" t="s">
         <v>1696</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
         <v>5</v>
       </c>
       <c r="B259">
         <v>4572</v>
       </c>
       <c r="C259" t="s">
         <v>1697</v>
       </c>
       <c r="D259">
         <v>104597</v>
       </c>
       <c r="E259" t="s">
         <v>1698</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" t="s">
         <v>5</v>
@@ -22193,969 +22193,969 @@
       </c>
       <c r="B271">
         <v>4598</v>
       </c>
       <c r="C271" t="s">
         <v>559</v>
       </c>
       <c r="D271">
         <v>0</v>
       </c>
       <c r="E271" t="s">
         <v>1721</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" t="s">
         <v>561</v>
       </c>
       <c r="B272">
         <v>4589</v>
       </c>
       <c r="C272" t="s">
         <v>1722</v>
       </c>
       <c r="D272">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E272" t="s">
         <v>1723</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" t="s">
         <v>561</v>
       </c>
       <c r="B273">
         <v>4596</v>
       </c>
       <c r="C273" t="s">
         <v>1724</v>
       </c>
       <c r="D273">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E273" t="s">
         <v>1725</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" t="s">
         <v>561</v>
       </c>
       <c r="B274">
         <v>4608</v>
       </c>
       <c r="C274" t="s">
         <v>1726</v>
       </c>
       <c r="D274">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E274" t="s">
         <v>1727</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" t="s">
         <v>561</v>
       </c>
       <c r="B275">
         <v>4616</v>
       </c>
       <c r="C275" t="s">
         <v>1728</v>
       </c>
       <c r="D275">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="E275" t="s">
         <v>1729</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" t="s">
         <v>561</v>
       </c>
       <c r="B276">
         <v>4621</v>
       </c>
       <c r="C276" t="s">
         <v>1730</v>
       </c>
       <c r="D276">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="E276" t="s">
         <v>1731</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" t="s">
         <v>561</v>
       </c>
       <c r="B277">
         <v>4627</v>
       </c>
       <c r="C277" t="s">
         <v>1732</v>
       </c>
       <c r="D277">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="E277" t="s">
         <v>1733</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" t="s">
         <v>561</v>
       </c>
       <c r="B278">
         <v>4632</v>
       </c>
       <c r="C278" t="s">
         <v>1734</v>
       </c>
       <c r="D278">
-        <v>439</v>
+        <v>473</v>
       </c>
       <c r="E278" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" t="s">
         <v>561</v>
       </c>
       <c r="B279">
         <v>4637</v>
       </c>
       <c r="C279" t="s">
         <v>1736</v>
       </c>
       <c r="D279">
-        <v>812</v>
+        <v>875</v>
       </c>
       <c r="E279" t="s">
         <v>1737</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" t="s">
         <v>561</v>
       </c>
       <c r="B280">
         <v>4580</v>
       </c>
       <c r="C280" t="s">
         <v>1738</v>
       </c>
       <c r="D280">
-        <v>1193</v>
+        <v>1285</v>
       </c>
       <c r="E280" t="s">
         <v>1739</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" t="s">
         <v>561</v>
       </c>
       <c r="B281">
         <v>4594</v>
       </c>
       <c r="C281" t="s">
         <v>1740</v>
       </c>
       <c r="D281">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E281" t="s">
         <v>1741</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" t="s">
         <v>561</v>
       </c>
       <c r="B282">
         <v>4595</v>
       </c>
       <c r="C282" t="s">
         <v>1742</v>
       </c>
       <c r="D282">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E282" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" t="s">
         <v>561</v>
       </c>
       <c r="B283">
         <v>4602</v>
       </c>
       <c r="C283" t="s">
         <v>1744</v>
       </c>
       <c r="D283">
         <v>13</v>
       </c>
       <c r="E283" t="s">
         <v>1745</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" t="s">
         <v>561</v>
       </c>
       <c r="B284">
         <v>4603</v>
       </c>
       <c r="C284" t="s">
         <v>1746</v>
       </c>
       <c r="D284">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E284" t="s">
         <v>1747</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" t="s">
         <v>561</v>
       </c>
       <c r="B285">
         <v>4604</v>
       </c>
       <c r="C285" t="s">
         <v>1748</v>
       </c>
       <c r="D285">
         <v>0</v>
       </c>
       <c r="E285" t="s">
         <v>1749</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" t="s">
         <v>561</v>
       </c>
       <c r="B286">
         <v>4605</v>
       </c>
       <c r="C286" t="s">
         <v>1750</v>
       </c>
       <c r="D286">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E286" t="s">
         <v>1751</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" t="s">
         <v>561</v>
       </c>
       <c r="B287">
         <v>4613</v>
       </c>
       <c r="C287" t="s">
         <v>1752</v>
       </c>
       <c r="D287">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="E287" t="s">
         <v>1753</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>561</v>
       </c>
       <c r="B288">
         <v>4614</v>
       </c>
       <c r="C288" t="s">
         <v>1754</v>
       </c>
       <c r="D288">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="E288" t="s">
         <v>1755</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>561</v>
       </c>
       <c r="B289">
         <v>4615</v>
       </c>
       <c r="C289" t="s">
         <v>1756</v>
       </c>
       <c r="D289">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="E289" t="s">
         <v>1757</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>561</v>
       </c>
       <c r="B290">
         <v>4617</v>
       </c>
       <c r="C290" t="s">
         <v>1758</v>
       </c>
       <c r="D290">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="E290" t="s">
         <v>1759</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>561</v>
       </c>
       <c r="B291">
         <v>4618</v>
       </c>
       <c r="C291" t="s">
         <v>1760</v>
       </c>
       <c r="D291">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="E291" t="s">
         <v>1761</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>561</v>
       </c>
       <c r="B292">
         <v>4619</v>
       </c>
       <c r="C292" t="s">
         <v>1762</v>
       </c>
       <c r="D292">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="E292" t="s">
         <v>1763</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
         <v>561</v>
       </c>
       <c r="B293">
         <v>4620</v>
       </c>
       <c r="C293" t="s">
         <v>1764</v>
       </c>
       <c r="D293">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="E293" t="s">
         <v>1765</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
         <v>561</v>
       </c>
       <c r="B294">
         <v>4622</v>
       </c>
       <c r="C294" t="s">
         <v>1766</v>
       </c>
       <c r="D294">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="E294" t="s">
         <v>1767</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
         <v>561</v>
       </c>
       <c r="B295">
         <v>4623</v>
       </c>
       <c r="C295" t="s">
         <v>1768</v>
       </c>
       <c r="D295">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="E295" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>561</v>
       </c>
       <c r="B296">
         <v>4624</v>
       </c>
       <c r="C296" t="s">
         <v>1770</v>
       </c>
       <c r="D296">
-        <v>259</v>
+        <v>279</v>
       </c>
       <c r="E296" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>561</v>
       </c>
       <c r="B297">
         <v>4625</v>
       </c>
       <c r="C297" t="s">
         <v>1772</v>
       </c>
       <c r="D297">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="E297" t="s">
         <v>1773</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
         <v>561</v>
       </c>
       <c r="B298">
         <v>4626</v>
       </c>
       <c r="C298" t="s">
         <v>1774</v>
       </c>
       <c r="D298">
-        <v>269</v>
+        <v>290</v>
       </c>
       <c r="E298" t="s">
         <v>1775</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
         <v>561</v>
       </c>
       <c r="B299">
         <v>6466</v>
       </c>
       <c r="C299" t="s">
         <v>1776</v>
       </c>
       <c r="D299">
-        <v>297</v>
+        <v>320</v>
       </c>
       <c r="E299" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>561</v>
       </c>
       <c r="B300">
         <v>4628</v>
       </c>
       <c r="C300" t="s">
         <v>1778</v>
       </c>
       <c r="D300">
-        <v>498</v>
+        <v>536</v>
       </c>
       <c r="E300" t="s">
         <v>1779</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>561</v>
       </c>
       <c r="B301">
         <v>4629</v>
       </c>
       <c r="C301" t="s">
         <v>1780</v>
       </c>
       <c r="D301">
-        <v>454</v>
+        <v>489</v>
       </c>
       <c r="E301" t="s">
         <v>1781</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>561</v>
       </c>
       <c r="B302">
         <v>4630</v>
       </c>
       <c r="C302" t="s">
         <v>1782</v>
       </c>
       <c r="D302">
-        <v>470</v>
+        <v>507</v>
       </c>
       <c r="E302" t="s">
         <v>1783</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>561</v>
       </c>
       <c r="B303">
         <v>4631</v>
       </c>
       <c r="C303" t="s">
         <v>1784</v>
       </c>
       <c r="D303">
-        <v>564</v>
+        <v>607</v>
       </c>
       <c r="E303" t="s">
         <v>1785</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>561</v>
       </c>
       <c r="B304">
         <v>5788</v>
       </c>
       <c r="C304" t="s">
         <v>1786</v>
       </c>
       <c r="D304">
-        <v>1013</v>
+        <v>1091</v>
       </c>
       <c r="E304" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>561</v>
       </c>
       <c r="B305">
         <v>4633</v>
       </c>
       <c r="C305" t="s">
         <v>1788</v>
       </c>
       <c r="D305">
-        <v>774</v>
+        <v>834</v>
       </c>
       <c r="E305" t="s">
         <v>1789</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>561</v>
       </c>
       <c r="B306">
         <v>4634</v>
       </c>
       <c r="C306" t="s">
         <v>1790</v>
       </c>
       <c r="D306">
         <v>904</v>
       </c>
       <c r="E306" t="s">
         <v>1791</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" t="s">
         <v>561</v>
       </c>
       <c r="B307">
         <v>4635</v>
       </c>
       <c r="C307" t="s">
         <v>1792</v>
       </c>
       <c r="D307">
-        <v>1196</v>
+        <v>1288</v>
       </c>
       <c r="E307" t="s">
         <v>1793</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" t="s">
         <v>561</v>
       </c>
       <c r="B308">
         <v>4636</v>
       </c>
       <c r="C308" t="s">
         <v>1794</v>
       </c>
       <c r="D308">
-        <v>797</v>
+        <v>858</v>
       </c>
       <c r="E308" t="s">
         <v>1795</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" t="s">
         <v>561</v>
       </c>
       <c r="B309">
         <v>4581</v>
       </c>
       <c r="C309" t="s">
         <v>1796</v>
       </c>
       <c r="D309">
-        <v>1823</v>
+        <v>1964</v>
       </c>
       <c r="E309" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
         <v>561</v>
       </c>
       <c r="B310">
         <v>4582</v>
       </c>
       <c r="C310" t="s">
         <v>1798</v>
       </c>
       <c r="D310">
         <v>1715</v>
       </c>
       <c r="E310" t="s">
         <v>1799</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
         <v>561</v>
       </c>
       <c r="B311">
         <v>4583</v>
       </c>
       <c r="C311" t="s">
         <v>1800</v>
       </c>
       <c r="D311">
-        <v>2108</v>
+        <v>2271</v>
       </c>
       <c r="E311" t="s">
         <v>1801</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
         <v>561</v>
       </c>
       <c r="B312">
         <v>4584</v>
       </c>
       <c r="C312" t="s">
         <v>1802</v>
       </c>
       <c r="D312">
         <v>720</v>
       </c>
       <c r="E312" t="s">
         <v>1803</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
         <v>561</v>
       </c>
       <c r="B313">
         <v>4585</v>
       </c>
       <c r="C313" t="s">
         <v>1804</v>
       </c>
       <c r="D313">
-        <v>762</v>
+        <v>782</v>
       </c>
       <c r="E313" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>561</v>
       </c>
       <c r="B314">
         <v>4586</v>
       </c>
       <c r="C314" t="s">
         <v>1806</v>
       </c>
       <c r="D314">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="E314" t="s">
         <v>1807</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
         <v>561</v>
       </c>
       <c r="B315">
         <v>4588</v>
       </c>
       <c r="C315" t="s">
         <v>1808</v>
       </c>
       <c r="D315">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="E315" t="s">
         <v>1809</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
         <v>561</v>
       </c>
       <c r="B316">
         <v>12302</v>
       </c>
       <c r="C316" t="s">
         <v>1810</v>
       </c>
       <c r="D316">
         <v>0</v>
       </c>
       <c r="E316" t="s">
         <v>1811</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
         <v>561</v>
       </c>
       <c r="B317">
         <v>4592</v>
       </c>
       <c r="C317" t="s">
         <v>1812</v>
       </c>
       <c r="D317">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="E317" t="s">
         <v>1813</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
         <v>561</v>
       </c>
       <c r="B318">
         <v>4593</v>
       </c>
       <c r="C318" t="s">
         <v>1814</v>
       </c>
       <c r="D318">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="E318" t="s">
         <v>1815</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
         <v>561</v>
       </c>
       <c r="B319">
         <v>4597</v>
       </c>
       <c r="C319" t="s">
         <v>1816</v>
       </c>
       <c r="D319">
-        <v>180</v>
+        <v>194</v>
       </c>
       <c r="E319" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
         <v>561</v>
       </c>
       <c r="B320">
         <v>4599</v>
       </c>
       <c r="C320" t="s">
         <v>1818</v>
       </c>
       <c r="D320">
-        <v>237</v>
+        <v>257</v>
       </c>
       <c r="E320" t="s">
         <v>1819</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
         <v>561</v>
       </c>
       <c r="B321">
         <v>4825</v>
       </c>
       <c r="C321" t="s">
         <v>1820</v>
       </c>
       <c r="D321">
-        <v>178</v>
+        <v>192</v>
       </c>
       <c r="E321" t="s">
         <v>1821</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
         <v>561</v>
       </c>
       <c r="B322">
         <v>4826</v>
       </c>
       <c r="C322" t="s">
         <v>1822</v>
       </c>
       <c r="D322">
         <v>0</v>
       </c>
       <c r="E322" t="s">
         <v>1823</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
         <v>561</v>
       </c>
       <c r="B323">
         <v>4606</v>
       </c>
       <c r="C323" t="s">
         <v>1824</v>
       </c>
       <c r="D323">
-        <v>225</v>
+        <v>242</v>
       </c>
       <c r="E323" t="s">
         <v>1825</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>561</v>
       </c>
       <c r="B324">
         <v>4607</v>
       </c>
       <c r="C324" t="s">
         <v>1826</v>
       </c>
       <c r="D324">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="E324" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
         <v>561</v>
       </c>
       <c r="B325">
         <v>4600</v>
       </c>
       <c r="C325" t="s">
         <v>1828</v>
       </c>
       <c r="D325">
-        <v>476</v>
+        <v>513</v>
       </c>
       <c r="E325" t="s">
         <v>1829</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
         <v>561</v>
       </c>
       <c r="B326">
         <v>4601</v>
       </c>
       <c r="C326" t="s">
         <v>1830</v>
       </c>
       <c r="D326">
-        <v>453</v>
+        <v>491</v>
       </c>
       <c r="E326" t="s">
         <v>1831</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
         <v>561</v>
       </c>
       <c r="B327">
         <v>4611</v>
       </c>
       <c r="C327" t="s">
         <v>1832</v>
       </c>
       <c r="D327">
         <v>0</v>
       </c>
       <c r="E327" t="s">
         <v>1833</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>561</v>
@@ -23230,102 +23230,102 @@
       </c>
       <c r="B332">
         <v>5803</v>
       </c>
       <c r="C332" t="s">
         <v>1842</v>
       </c>
       <c r="D332">
         <v>70</v>
       </c>
       <c r="E332" t="s">
         <v>1843</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" t="s">
         <v>561</v>
       </c>
       <c r="B333">
         <v>4638</v>
       </c>
       <c r="C333" t="s">
         <v>1844</v>
       </c>
       <c r="D333">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E333" t="s">
         <v>1845</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" t="s">
         <v>561</v>
       </c>
       <c r="B334">
         <v>4639</v>
       </c>
       <c r="C334" t="s">
         <v>1846</v>
       </c>
       <c r="D334">
         <v>11</v>
       </c>
       <c r="E334" t="s">
         <v>1847</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" t="s">
         <v>561</v>
       </c>
       <c r="B335">
         <v>4640</v>
       </c>
       <c r="C335" t="s">
         <v>1848</v>
       </c>
       <c r="D335">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E335" t="s">
         <v>1849</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" t="s">
         <v>561</v>
       </c>
       <c r="B336">
         <v>4641</v>
       </c>
       <c r="C336" t="s">
         <v>1850</v>
       </c>
       <c r="D336">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E336" t="s">
         <v>1851</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" t="s">
         <v>561</v>
       </c>
       <c r="B337">
         <v>4833</v>
       </c>
       <c r="C337" t="s">
         <v>1852</v>
       </c>
       <c r="D337">
         <v>37</v>
       </c>
       <c r="E337" t="s">
         <v>1853</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" t="s">
         <v>694</v>
@@ -23502,170 +23502,170 @@
       </c>
       <c r="B348">
         <v>7860</v>
       </c>
       <c r="C348" t="s">
         <v>717</v>
       </c>
       <c r="D348">
         <v>0</v>
       </c>
       <c r="E348" t="s">
         <v>1867</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" t="s">
         <v>714</v>
       </c>
       <c r="B349">
         <v>4646</v>
       </c>
       <c r="C349" t="s">
         <v>719</v>
       </c>
       <c r="D349">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="E349" t="s">
         <v>1868</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" t="s">
         <v>714</v>
       </c>
       <c r="B350">
         <v>4648</v>
       </c>
       <c r="C350" t="s">
         <v>721</v>
       </c>
       <c r="D350">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="E350" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" t="s">
         <v>714</v>
       </c>
       <c r="B351">
         <v>4650</v>
       </c>
       <c r="C351" t="s">
         <v>723</v>
       </c>
       <c r="D351">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="E351" t="s">
         <v>1870</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" t="s">
         <v>714</v>
       </c>
       <c r="B352">
         <v>4652</v>
       </c>
       <c r="C352" t="s">
         <v>725</v>
       </c>
       <c r="D352">
-        <v>318</v>
+        <v>342</v>
       </c>
       <c r="E352" t="s">
         <v>1871</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" t="s">
         <v>714</v>
       </c>
       <c r="B353">
         <v>4654</v>
       </c>
       <c r="C353" t="s">
         <v>727</v>
       </c>
       <c r="D353">
-        <v>483</v>
+        <v>520</v>
       </c>
       <c r="E353" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" t="s">
         <v>714</v>
       </c>
       <c r="B354">
         <v>4655</v>
       </c>
       <c r="C354" t="s">
         <v>729</v>
       </c>
       <c r="D354">
-        <v>790</v>
+        <v>851</v>
       </c>
       <c r="E354" t="s">
         <v>1873</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" t="s">
         <v>714</v>
       </c>
       <c r="B355">
         <v>4658</v>
       </c>
       <c r="C355" t="s">
         <v>731</v>
       </c>
       <c r="D355">
-        <v>1293</v>
+        <v>1392</v>
       </c>
       <c r="E355" t="s">
         <v>1874</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
         <v>714</v>
       </c>
       <c r="B356">
         <v>4659</v>
       </c>
       <c r="C356" t="s">
         <v>733</v>
       </c>
       <c r="D356">
-        <v>1438</v>
+        <v>1550</v>
       </c>
       <c r="E356" t="s">
         <v>1875</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" t="s">
         <v>735</v>
       </c>
       <c r="B357">
         <v>7935</v>
       </c>
       <c r="C357" t="s">
         <v>736</v>
       </c>
       <c r="D357">
         <v>56</v>
       </c>
       <c r="E357" t="s">
         <v>1876</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" t="s">
         <v>735</v>
@@ -23706,1156 +23706,1156 @@
       </c>
       <c r="B360">
         <v>7670</v>
       </c>
       <c r="C360" t="s">
         <v>1880</v>
       </c>
       <c r="D360">
         <v>107</v>
       </c>
       <c r="E360" t="s">
         <v>1881</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" t="s">
         <v>714</v>
       </c>
       <c r="B361">
         <v>4643</v>
       </c>
       <c r="C361" t="s">
         <v>744</v>
       </c>
       <c r="D361">
-        <v>2166</v>
+        <v>2333</v>
       </c>
       <c r="E361" t="s">
         <v>1882</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
         <v>699</v>
       </c>
       <c r="B362">
         <v>4938</v>
       </c>
       <c r="C362" t="s">
         <v>746</v>
       </c>
       <c r="D362">
-        <v>1791</v>
+        <v>1929</v>
       </c>
       <c r="E362" t="s">
         <v>1883</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
         <v>699</v>
       </c>
       <c r="B363">
         <v>4645</v>
       </c>
       <c r="C363" t="s">
         <v>748</v>
       </c>
       <c r="D363">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E363" t="s">
         <v>1884</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
         <v>699</v>
       </c>
       <c r="B364">
         <v>4647</v>
       </c>
       <c r="C364" t="s">
         <v>750</v>
       </c>
       <c r="D364">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="E364" t="s">
         <v>1885</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
         <v>699</v>
       </c>
       <c r="B365">
         <v>4649</v>
       </c>
       <c r="C365" t="s">
         <v>752</v>
       </c>
       <c r="D365">
-        <v>172</v>
+        <v>186</v>
       </c>
       <c r="E365" t="s">
         <v>1886</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
         <v>699</v>
       </c>
       <c r="B366">
         <v>4651</v>
       </c>
       <c r="C366" t="s">
         <v>754</v>
       </c>
       <c r="D366">
-        <v>222</v>
+        <v>240</v>
       </c>
       <c r="E366" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
         <v>699</v>
       </c>
       <c r="B367">
         <v>4653</v>
       </c>
       <c r="C367" t="s">
         <v>756</v>
       </c>
       <c r="D367">
-        <v>334</v>
+        <v>361</v>
       </c>
       <c r="E367" t="s">
         <v>1888</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
         <v>699</v>
       </c>
       <c r="B368">
         <v>4656</v>
       </c>
       <c r="C368" t="s">
         <v>758</v>
       </c>
       <c r="D368">
-        <v>641</v>
+        <v>691</v>
       </c>
       <c r="E368" t="s">
         <v>1889</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" t="s">
         <v>699</v>
       </c>
       <c r="B369">
         <v>4657</v>
       </c>
       <c r="C369" t="s">
         <v>760</v>
       </c>
       <c r="D369">
-        <v>829</v>
+        <v>897</v>
       </c>
       <c r="E369" t="s">
         <v>1890</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" t="s">
         <v>699</v>
       </c>
       <c r="B370">
         <v>4937</v>
       </c>
       <c r="C370" t="s">
         <v>762</v>
       </c>
       <c r="D370">
-        <v>1328</v>
+        <v>1431</v>
       </c>
       <c r="E370" t="s">
         <v>1891</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" t="s">
         <v>735</v>
       </c>
       <c r="B371">
         <v>4660</v>
       </c>
       <c r="C371" t="s">
         <v>1892</v>
       </c>
       <c r="D371">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="E371" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" t="s">
         <v>735</v>
       </c>
       <c r="B372">
         <v>4661</v>
       </c>
       <c r="C372" t="s">
         <v>1894</v>
       </c>
       <c r="D372">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="E372" t="s">
         <v>1895</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" t="s">
         <v>735</v>
       </c>
       <c r="B373">
         <v>4662</v>
       </c>
       <c r="C373" t="s">
         <v>1896</v>
       </c>
       <c r="D373">
-        <v>240</v>
+        <v>258</v>
       </c>
       <c r="E373" t="s">
         <v>1897</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>735</v>
       </c>
       <c r="B374">
         <v>4663</v>
       </c>
       <c r="C374" t="s">
         <v>1898</v>
       </c>
       <c r="D374">
-        <v>379</v>
+        <v>408</v>
       </c>
       <c r="E374" t="s">
         <v>1899</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>735</v>
       </c>
       <c r="B375">
         <v>4664</v>
       </c>
       <c r="C375" t="s">
         <v>1900</v>
       </c>
       <c r="D375">
-        <v>573</v>
+        <v>618</v>
       </c>
       <c r="E375" t="s">
         <v>1901</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>735</v>
       </c>
       <c r="B376">
         <v>4665</v>
       </c>
       <c r="C376" t="s">
         <v>1902</v>
       </c>
       <c r="D376">
-        <v>972</v>
+        <v>1047</v>
       </c>
       <c r="E376" t="s">
         <v>1903</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>735</v>
       </c>
       <c r="B377">
         <v>5597</v>
       </c>
       <c r="C377" t="s">
         <v>1904</v>
       </c>
       <c r="D377">
-        <v>1386</v>
+        <v>1493</v>
       </c>
       <c r="E377" t="s">
         <v>1905</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>735</v>
       </c>
       <c r="B378">
         <v>5598</v>
       </c>
       <c r="C378" t="s">
         <v>1906</v>
       </c>
       <c r="D378">
-        <v>2051</v>
+        <v>2210</v>
       </c>
       <c r="E378" t="s">
         <v>1907</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" t="s">
         <v>735</v>
       </c>
       <c r="B379">
         <v>5599</v>
       </c>
       <c r="C379" t="s">
         <v>1908</v>
       </c>
       <c r="D379">
-        <v>2807</v>
+        <v>3024</v>
       </c>
       <c r="E379" t="s">
         <v>1909</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" t="s">
         <v>735</v>
       </c>
       <c r="B380">
         <v>6607</v>
       </c>
       <c r="C380" t="s">
         <v>1910</v>
       </c>
       <c r="D380">
-        <v>1608</v>
+        <v>1732</v>
       </c>
       <c r="E380" t="s">
         <v>1911</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" t="s">
         <v>735</v>
       </c>
       <c r="B381">
         <v>4667</v>
       </c>
       <c r="C381" t="s">
         <v>1912</v>
       </c>
       <c r="D381">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="E381" t="s">
         <v>1913</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" t="s">
         <v>735</v>
       </c>
       <c r="B382">
         <v>4668</v>
       </c>
       <c r="C382" t="s">
         <v>1914</v>
       </c>
       <c r="D382">
-        <v>195</v>
+        <v>210</v>
       </c>
       <c r="E382" t="s">
         <v>1915</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" t="s">
         <v>735</v>
       </c>
       <c r="B383">
         <v>4669</v>
       </c>
       <c r="C383" t="s">
         <v>1916</v>
       </c>
       <c r="D383">
-        <v>314</v>
+        <v>338</v>
       </c>
       <c r="E383" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" t="s">
         <v>735</v>
       </c>
       <c r="B384">
         <v>4670</v>
       </c>
       <c r="C384" t="s">
         <v>1918</v>
       </c>
       <c r="D384">
-        <v>447</v>
+        <v>481</v>
       </c>
       <c r="E384" t="s">
         <v>1919</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" t="s">
         <v>735</v>
       </c>
       <c r="B385">
         <v>4671</v>
       </c>
       <c r="C385" t="s">
         <v>1920</v>
       </c>
       <c r="D385">
-        <v>684</v>
+        <v>737</v>
       </c>
       <c r="E385" t="s">
         <v>1921</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" t="s">
         <v>735</v>
       </c>
       <c r="B386">
         <v>4672</v>
       </c>
       <c r="C386" t="s">
         <v>1922</v>
       </c>
       <c r="D386">
-        <v>1008</v>
+        <v>1086</v>
       </c>
       <c r="E386" t="s">
         <v>1923</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" t="s">
         <v>735</v>
       </c>
       <c r="B387">
         <v>4673</v>
       </c>
       <c r="C387" t="s">
         <v>796</v>
       </c>
       <c r="D387">
         <v>0</v>
       </c>
       <c r="E387" t="s">
         <v>1924</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" t="s">
         <v>735</v>
       </c>
       <c r="B388">
         <v>6082</v>
       </c>
       <c r="C388" t="s">
         <v>1925</v>
       </c>
       <c r="D388">
-        <v>2120</v>
+        <v>2283</v>
       </c>
       <c r="E388" t="s">
         <v>1926</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" t="s">
         <v>735</v>
       </c>
       <c r="B389">
         <v>6083</v>
       </c>
       <c r="C389" t="s">
         <v>1927</v>
       </c>
       <c r="D389">
-        <v>2819</v>
+        <v>3037</v>
       </c>
       <c r="E389" t="s">
         <v>1928</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" t="s">
         <v>802</v>
       </c>
       <c r="B390">
         <v>4666</v>
       </c>
       <c r="C390" t="s">
         <v>803</v>
       </c>
       <c r="D390">
         <v>76</v>
       </c>
       <c r="E390" t="s">
         <v>1929</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" t="s">
         <v>484</v>
       </c>
       <c r="B391">
         <v>5790</v>
       </c>
       <c r="C391" t="s">
         <v>1930</v>
       </c>
       <c r="D391">
         <v>5674</v>
       </c>
       <c r="E391" t="s">
         <v>1931</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" t="s">
         <v>807</v>
       </c>
       <c r="B392">
         <v>4676</v>
       </c>
       <c r="C392" t="s">
         <v>1932</v>
       </c>
       <c r="D392">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E392" t="s">
         <v>1933</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" t="s">
         <v>807</v>
       </c>
       <c r="B393">
         <v>4678</v>
       </c>
       <c r="C393" t="s">
         <v>1934</v>
       </c>
       <c r="D393">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E393" t="s">
         <v>1935</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
         <v>807</v>
       </c>
       <c r="B394">
         <v>4917</v>
       </c>
       <c r="C394" t="s">
         <v>1936</v>
       </c>
       <c r="D394">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E394" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" t="s">
         <v>807</v>
       </c>
       <c r="B395">
         <v>4695</v>
       </c>
       <c r="C395" t="s">
         <v>1938</v>
       </c>
       <c r="D395">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E395" t="s">
         <v>1939</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" t="s">
         <v>807</v>
       </c>
       <c r="B396">
         <v>4707</v>
       </c>
       <c r="C396" t="s">
         <v>1940</v>
       </c>
       <c r="D396">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E396" t="s">
         <v>1941</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" t="s">
         <v>807</v>
       </c>
       <c r="B397">
         <v>5055</v>
       </c>
       <c r="C397" t="s">
         <v>1942</v>
       </c>
       <c r="D397">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="E397" t="s">
         <v>1943</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" t="s">
         <v>807</v>
       </c>
       <c r="B398">
         <v>4675</v>
       </c>
       <c r="C398" t="s">
         <v>1932</v>
       </c>
       <c r="D398">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E398" t="s">
         <v>1944</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" t="s">
         <v>807</v>
       </c>
       <c r="B399">
         <v>4677</v>
       </c>
       <c r="C399" t="s">
         <v>1934</v>
       </c>
       <c r="D399">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E399" t="s">
         <v>1945</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" t="s">
         <v>807</v>
       </c>
       <c r="B400">
         <v>4679</v>
       </c>
       <c r="C400" t="s">
         <v>1936</v>
       </c>
       <c r="D400">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E400" t="s">
         <v>1946</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" t="s">
         <v>807</v>
       </c>
       <c r="B401">
         <v>4680</v>
       </c>
       <c r="C401" t="s">
         <v>1947</v>
       </c>
       <c r="D401">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="E401" t="s">
         <v>1948</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" t="s">
         <v>807</v>
       </c>
       <c r="B402">
         <v>4681</v>
       </c>
       <c r="C402" t="s">
         <v>1949</v>
       </c>
       <c r="D402">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="E402" t="s">
         <v>1950</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" t="s">
         <v>807</v>
       </c>
       <c r="B403">
         <v>4682</v>
       </c>
       <c r="C403" t="s">
         <v>1951</v>
       </c>
       <c r="D403">
-        <v>216</v>
+        <v>233</v>
       </c>
       <c r="E403" t="s">
         <v>1952</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" t="s">
         <v>807</v>
       </c>
       <c r="B404">
         <v>5130</v>
       </c>
       <c r="C404" t="s">
         <v>1953</v>
       </c>
       <c r="D404">
-        <v>423</v>
+        <v>458</v>
       </c>
       <c r="E404" t="s">
         <v>1954</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" t="s">
         <v>807</v>
       </c>
       <c r="B405">
         <v>4683</v>
       </c>
       <c r="C405" t="s">
         <v>1955</v>
       </c>
       <c r="D405">
-        <v>592</v>
+        <v>640</v>
       </c>
       <c r="E405" t="s">
         <v>1956</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" t="s">
         <v>807</v>
       </c>
       <c r="B406">
         <v>4674</v>
       </c>
       <c r="C406" t="s">
         <v>1957</v>
       </c>
       <c r="D406">
-        <v>888</v>
+        <v>957</v>
       </c>
       <c r="E406" t="s">
         <v>1958</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" t="s">
         <v>807</v>
       </c>
       <c r="B407">
         <v>8882</v>
       </c>
       <c r="C407" t="s">
         <v>1959</v>
       </c>
       <c r="D407">
         <v>0</v>
       </c>
       <c r="E407" t="s">
         <v>1960</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" t="s">
         <v>807</v>
       </c>
       <c r="B408">
         <v>4689</v>
       </c>
       <c r="C408" t="s">
         <v>1938</v>
       </c>
       <c r="D408">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E408" t="s">
         <v>1961</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" t="s">
         <v>807</v>
       </c>
       <c r="B409">
         <v>4701</v>
       </c>
       <c r="C409" t="s">
         <v>1940</v>
       </c>
       <c r="D409">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E409" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" t="s">
         <v>807</v>
       </c>
       <c r="B410">
         <v>4714</v>
       </c>
       <c r="C410" t="s">
         <v>1942</v>
       </c>
       <c r="D410">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E410" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" t="s">
         <v>807</v>
       </c>
       <c r="B411">
         <v>4719</v>
       </c>
       <c r="C411" t="s">
         <v>1964</v>
       </c>
       <c r="D411">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E411" t="s">
         <v>1965</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" t="s">
         <v>807</v>
       </c>
       <c r="B412">
         <v>4720</v>
       </c>
       <c r="C412" t="s">
         <v>1966</v>
       </c>
       <c r="D412">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="E412" t="s">
         <v>1967</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" t="s">
         <v>807</v>
       </c>
       <c r="B413">
         <v>4721</v>
       </c>
       <c r="C413" t="s">
         <v>1968</v>
       </c>
       <c r="D413">
-        <v>218</v>
+        <v>235</v>
       </c>
       <c r="E413" t="s">
         <v>1969</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" t="s">
         <v>807</v>
       </c>
       <c r="B414">
         <v>4722</v>
       </c>
       <c r="C414" t="s">
         <v>1970</v>
       </c>
       <c r="D414">
-        <v>364</v>
+        <v>392</v>
       </c>
       <c r="E414" t="s">
         <v>1971</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" t="s">
         <v>807</v>
       </c>
       <c r="B415">
         <v>4723</v>
       </c>
       <c r="C415" t="s">
         <v>1972</v>
       </c>
       <c r="D415">
-        <v>771</v>
+        <v>831</v>
       </c>
       <c r="E415" t="s">
         <v>1973</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" t="s">
         <v>807</v>
       </c>
       <c r="B416">
         <v>4684</v>
       </c>
       <c r="C416" t="s">
         <v>1974</v>
       </c>
       <c r="D416">
-        <v>974</v>
+        <v>1050</v>
       </c>
       <c r="E416" t="s">
         <v>1975</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" t="s">
         <v>807</v>
       </c>
       <c r="B417">
         <v>4700</v>
       </c>
       <c r="C417" t="s">
         <v>1976</v>
       </c>
       <c r="D417">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E417" t="s">
         <v>1977</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" t="s">
         <v>807</v>
       </c>
       <c r="B418">
         <v>4710</v>
       </c>
       <c r="C418" t="s">
         <v>1978</v>
       </c>
       <c r="D418">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E418" t="s">
         <v>1979</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" t="s">
         <v>807</v>
       </c>
       <c r="B419">
         <v>4711</v>
       </c>
       <c r="C419" t="s">
         <v>1980</v>
       </c>
       <c r="D419">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E419" t="s">
         <v>1981</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" t="s">
         <v>807</v>
       </c>
       <c r="B420">
         <v>4685</v>
       </c>
       <c r="C420" t="s">
         <v>1982</v>
       </c>
       <c r="D420">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="E420" t="s">
         <v>1983</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" t="s">
         <v>807</v>
       </c>
       <c r="B421">
         <v>4687</v>
       </c>
       <c r="C421" t="s">
         <v>1984</v>
       </c>
       <c r="D421">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="E421" t="s">
         <v>1985</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" t="s">
         <v>807</v>
       </c>
       <c r="B422">
         <v>12303</v>
       </c>
       <c r="C422" t="s">
         <v>1986</v>
       </c>
       <c r="D422">
         <v>91</v>
       </c>
       <c r="E422" t="s">
         <v>1987</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" t="s">
         <v>807</v>
       </c>
       <c r="B423">
         <v>4696</v>
       </c>
       <c r="C423" t="s">
         <v>1988</v>
       </c>
       <c r="D423">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="E423" t="s">
         <v>1989</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" t="s">
         <v>807</v>
       </c>
       <c r="B424">
         <v>4698</v>
       </c>
       <c r="C424" t="s">
         <v>1990</v>
       </c>
       <c r="D424">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="E424" t="s">
         <v>1991</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" t="s">
         <v>807</v>
       </c>
       <c r="B425">
         <v>4702</v>
       </c>
       <c r="C425" t="s">
         <v>1992</v>
       </c>
       <c r="D425">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="E425" t="s">
         <v>1993</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" t="s">
         <v>807</v>
       </c>
       <c r="B426">
         <v>4705</v>
       </c>
       <c r="C426" t="s">
         <v>1994</v>
       </c>
       <c r="D426">
-        <v>207</v>
+        <v>223</v>
       </c>
       <c r="E426" t="s">
         <v>1995</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" t="s">
         <v>807</v>
       </c>
       <c r="B427">
         <v>4820</v>
       </c>
       <c r="C427" t="s">
         <v>1996</v>
       </c>
       <c r="D427">
         <v>64</v>
       </c>
       <c r="E427" t="s">
         <v>1997</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" t="s">
         <v>807</v>
@@ -24896,306 +24896,306 @@
       </c>
       <c r="B430">
         <v>4713</v>
       </c>
       <c r="C430" t="s">
         <v>2002</v>
       </c>
       <c r="D430">
         <v>108</v>
       </c>
       <c r="E430" t="s">
         <v>2003</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" t="s">
         <v>807</v>
       </c>
       <c r="B431">
         <v>6630</v>
       </c>
       <c r="C431" t="s">
         <v>2004</v>
       </c>
       <c r="D431">
-        <v>329</v>
+        <v>356</v>
       </c>
       <c r="E431" t="s">
         <v>2005</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" t="s">
         <v>807</v>
       </c>
       <c r="B432">
         <v>4708</v>
       </c>
       <c r="C432" t="s">
         <v>2006</v>
       </c>
       <c r="D432">
         <v>0</v>
       </c>
       <c r="E432" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" t="s">
         <v>807</v>
       </c>
       <c r="B433">
         <v>6631</v>
       </c>
       <c r="C433" t="s">
         <v>2008</v>
       </c>
       <c r="D433">
-        <v>372</v>
+        <v>401</v>
       </c>
       <c r="E433" t="s">
         <v>2009</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" t="s">
         <v>807</v>
       </c>
       <c r="B434">
         <v>4709</v>
       </c>
       <c r="C434" t="s">
         <v>2010</v>
       </c>
       <c r="D434">
         <v>157</v>
       </c>
       <c r="E434" t="s">
         <v>2011</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" t="s">
         <v>807</v>
       </c>
       <c r="B435">
         <v>4716</v>
       </c>
       <c r="C435" t="s">
         <v>2012</v>
       </c>
       <c r="D435">
         <v>268</v>
       </c>
       <c r="E435" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" t="s">
         <v>536</v>
       </c>
       <c r="B436">
         <v>4799</v>
       </c>
       <c r="C436" t="s">
         <v>2014</v>
       </c>
       <c r="D436">
-        <v>270</v>
+        <v>291</v>
       </c>
       <c r="E436" t="s">
         <v>2015</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" t="s">
         <v>807</v>
       </c>
       <c r="B437">
         <v>4686</v>
       </c>
       <c r="C437" t="s">
         <v>2016</v>
       </c>
       <c r="D437">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="E437" t="s">
         <v>2017</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" t="s">
         <v>807</v>
       </c>
       <c r="B438">
         <v>4691</v>
       </c>
       <c r="C438" t="s">
         <v>2018</v>
       </c>
       <c r="D438">
         <v>82</v>
       </c>
       <c r="E438" t="s">
         <v>2019</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" t="s">
         <v>807</v>
       </c>
       <c r="B439">
         <v>4697</v>
       </c>
       <c r="C439" t="s">
         <v>2020</v>
       </c>
       <c r="D439">
-        <v>158</v>
+        <v>171</v>
       </c>
       <c r="E439" t="s">
         <v>2021</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" t="s">
         <v>807</v>
       </c>
       <c r="B440">
         <v>4703</v>
       </c>
       <c r="C440" t="s">
         <v>2022</v>
       </c>
       <c r="D440">
         <v>164</v>
       </c>
       <c r="E440" t="s">
         <v>2023</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" t="s">
         <v>807</v>
       </c>
       <c r="B441">
         <v>5778</v>
       </c>
       <c r="C441" t="s">
         <v>2024</v>
       </c>
       <c r="D441">
-        <v>218</v>
+        <v>235</v>
       </c>
       <c r="E441" t="s">
         <v>2025</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" t="s">
         <v>807</v>
       </c>
       <c r="B442">
         <v>5779</v>
       </c>
       <c r="C442" t="s">
         <v>2026</v>
       </c>
       <c r="D442">
         <v>107</v>
       </c>
       <c r="E442" t="s">
         <v>2027</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" t="s">
         <v>807</v>
       </c>
       <c r="B443">
         <v>4688</v>
       </c>
       <c r="C443" t="s">
         <v>2028</v>
       </c>
       <c r="D443">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="E443" t="s">
         <v>2029</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>807</v>
       </c>
       <c r="B444">
         <v>4699</v>
       </c>
       <c r="C444" t="s">
         <v>2030</v>
       </c>
       <c r="D444">
         <v>157</v>
       </c>
       <c r="E444" t="s">
         <v>2031</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" t="s">
         <v>807</v>
       </c>
       <c r="B445">
         <v>4706</v>
       </c>
       <c r="C445" t="s">
         <v>2032</v>
       </c>
       <c r="D445">
         <v>99</v>
       </c>
       <c r="E445" t="s">
         <v>2033</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" t="s">
         <v>807</v>
       </c>
       <c r="B446">
         <v>5780</v>
       </c>
       <c r="C446" t="s">
         <v>2034</v>
       </c>
       <c r="D446">
-        <v>144</v>
+        <v>159</v>
       </c>
       <c r="E446" t="s">
         <v>2035</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" t="s">
         <v>807</v>
       </c>
       <c r="B447">
         <v>4692</v>
       </c>
       <c r="C447" t="s">
         <v>2036</v>
       </c>
       <c r="D447">
         <v>72</v>
       </c>
       <c r="E447" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" t="s">
         <v>807</v>
@@ -25219,51 +25219,51 @@
       </c>
       <c r="B449">
         <v>5782</v>
       </c>
       <c r="C449" t="s">
         <v>2039</v>
       </c>
       <c r="D449">
         <v>223</v>
       </c>
       <c r="E449" t="s">
         <v>2040</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" t="s">
         <v>807</v>
       </c>
       <c r="B450">
         <v>5783</v>
       </c>
       <c r="C450" t="s">
         <v>2041</v>
       </c>
       <c r="D450">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="E450" t="s">
         <v>2042</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" t="s">
         <v>807</v>
       </c>
       <c r="B451">
         <v>4704</v>
       </c>
       <c r="C451" t="s">
         <v>2041</v>
       </c>
       <c r="D451">
         <v>73</v>
       </c>
       <c r="E451" t="s">
         <v>2043</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" t="s">
         <v>928</v>
@@ -25576,204 +25576,204 @@
       </c>
       <c r="B470">
         <v>8242</v>
       </c>
       <c r="C470" t="s">
         <v>2080</v>
       </c>
       <c r="D470">
         <v>343</v>
       </c>
       <c r="E470" t="s">
         <v>2081</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>959</v>
       </c>
       <c r="B471">
         <v>4738</v>
       </c>
       <c r="C471" t="s">
         <v>2082</v>
       </c>
       <c r="D471">
-        <v>249</v>
+        <v>268</v>
       </c>
       <c r="E471" t="s">
         <v>2083</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
         <v>959</v>
       </c>
       <c r="B472">
         <v>4739</v>
       </c>
       <c r="C472" t="s">
         <v>2084</v>
       </c>
       <c r="D472">
-        <v>379</v>
+        <v>408</v>
       </c>
       <c r="E472" t="s">
         <v>2085</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
         <v>959</v>
       </c>
       <c r="B473">
         <v>4740</v>
       </c>
       <c r="C473" t="s">
         <v>2086</v>
       </c>
       <c r="D473">
-        <v>564</v>
+        <v>608</v>
       </c>
       <c r="E473" t="s">
         <v>2087</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
         <v>959</v>
       </c>
       <c r="B474">
         <v>4741</v>
       </c>
       <c r="C474" t="s">
         <v>2088</v>
       </c>
       <c r="D474">
-        <v>915</v>
+        <v>985</v>
       </c>
       <c r="E474" t="s">
         <v>2089</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
         <v>959</v>
       </c>
       <c r="B475">
         <v>4742</v>
       </c>
       <c r="C475" t="s">
         <v>2090</v>
       </c>
       <c r="D475">
-        <v>1524</v>
+        <v>1642</v>
       </c>
       <c r="E475" t="s">
         <v>2091</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
         <v>959</v>
       </c>
       <c r="B476">
         <v>4743</v>
       </c>
       <c r="C476" t="s">
         <v>2092</v>
       </c>
       <c r="D476">
-        <v>2841</v>
+        <v>3060</v>
       </c>
       <c r="E476" t="s">
         <v>2093</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
         <v>959</v>
       </c>
       <c r="B477">
         <v>4954</v>
       </c>
       <c r="C477" t="s">
         <v>2094</v>
       </c>
       <c r="D477">
-        <v>5164</v>
+        <v>5563</v>
       </c>
       <c r="E477" t="s">
         <v>2095</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>959</v>
       </c>
       <c r="B478">
         <v>4744</v>
       </c>
       <c r="C478" t="s">
         <v>2096</v>
       </c>
       <c r="D478">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="E478" t="s">
         <v>2097</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" t="s">
         <v>959</v>
       </c>
       <c r="B479">
         <v>4745</v>
       </c>
       <c r="C479" t="s">
         <v>2098</v>
       </c>
       <c r="D479">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="E479" t="s">
         <v>2099</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" t="s">
         <v>959</v>
       </c>
       <c r="B480">
         <v>4746</v>
       </c>
       <c r="C480" t="s">
         <v>2100</v>
       </c>
       <c r="D480">
-        <v>251</v>
+        <v>270</v>
       </c>
       <c r="E480" t="s">
         <v>2101</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" t="s">
         <v>959</v>
       </c>
       <c r="B481">
         <v>5647</v>
       </c>
       <c r="C481" t="s">
         <v>2102</v>
       </c>
       <c r="D481">
         <v>231</v>
       </c>
       <c r="E481" t="s">
         <v>2103</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" t="s">
         <v>959</v>
@@ -25848,68 +25848,68 @@
       </c>
       <c r="B486">
         <v>4767</v>
       </c>
       <c r="C486" t="s">
         <v>2112</v>
       </c>
       <c r="D486">
         <v>145</v>
       </c>
       <c r="E486" t="s">
         <v>2113</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" t="s">
         <v>327</v>
       </c>
       <c r="B487">
         <v>14781</v>
       </c>
       <c r="C487" t="s">
         <v>1645</v>
       </c>
       <c r="D487">
-        <v>254</v>
+        <v>274</v>
       </c>
       <c r="E487" t="s">
         <v>2114</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" t="s">
         <v>484</v>
       </c>
       <c r="B488">
         <v>14782</v>
       </c>
       <c r="C488" t="s">
         <v>2115</v>
       </c>
       <c r="D488">
-        <v>1985</v>
+        <v>2139</v>
       </c>
       <c r="E488" t="s">
         <v>2116</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" t="s">
         <v>279</v>
       </c>
       <c r="B489">
         <v>15676</v>
       </c>
       <c r="C489" t="s">
         <v>2117</v>
       </c>
       <c r="D489">
         <v>5</v>
       </c>
       <c r="E489" t="s">
         <v>2118</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" t="s">
         <v>1006</v>
@@ -26103,68 +26103,68 @@
       </c>
       <c r="B501">
         <v>4559</v>
       </c>
       <c r="C501" t="s">
         <v>2141</v>
       </c>
       <c r="D501">
         <v>104</v>
       </c>
       <c r="E501" t="s">
         <v>2142</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" t="s">
         <v>807</v>
       </c>
       <c r="B502">
         <v>5784</v>
       </c>
       <c r="C502" t="s">
         <v>2143</v>
       </c>
       <c r="D502">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E502" t="s">
         <v>2144</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" t="s">
         <v>807</v>
       </c>
       <c r="B503">
         <v>5785</v>
       </c>
       <c r="C503" t="s">
         <v>2145</v>
       </c>
       <c r="D503">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E503" t="s">
         <v>2146</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" t="s">
         <v>807</v>
       </c>
       <c r="B504">
         <v>5786</v>
       </c>
       <c r="C504" t="s">
         <v>2147</v>
       </c>
       <c r="D504">
         <v>66</v>
       </c>
       <c r="E504" t="s">
         <v>2148</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" t="s">
         <v>807</v>
@@ -26256,595 +26256,595 @@
       </c>
       <c r="B510">
         <v>4948</v>
       </c>
       <c r="C510" t="s">
         <v>2158</v>
       </c>
       <c r="D510">
         <v>0</v>
       </c>
       <c r="E510" t="s">
         <v>2159</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" t="s">
         <v>5</v>
       </c>
       <c r="B511">
         <v>28885</v>
       </c>
       <c r="C511" t="s">
         <v>2160</v>
       </c>
       <c r="D511">
-        <v>10259</v>
+        <v>10525</v>
       </c>
       <c r="E511" t="s">
         <v>2161</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" t="s">
         <v>807</v>
       </c>
       <c r="B512">
         <v>36066</v>
       </c>
       <c r="C512" t="s">
         <v>2162</v>
       </c>
       <c r="D512">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E512" t="s">
         <v>2163</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" t="s">
         <v>254</v>
       </c>
       <c r="B513">
         <v>16252</v>
       </c>
       <c r="C513" t="s">
         <v>2164</v>
       </c>
       <c r="D513">
         <v>677</v>
       </c>
       <c r="E513" t="s">
         <v>2165</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" t="s">
         <v>735</v>
       </c>
       <c r="B514">
         <v>36048</v>
       </c>
       <c r="C514" t="s">
         <v>2166</v>
       </c>
       <c r="D514">
-        <v>314</v>
+        <v>338</v>
       </c>
       <c r="E514" t="s">
         <v>2167</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" t="s">
         <v>5</v>
       </c>
       <c r="B515">
         <v>36124</v>
       </c>
       <c r="C515" t="s">
         <v>2168</v>
       </c>
       <c r="D515">
         <v>16840</v>
       </c>
       <c r="E515" t="s">
         <v>2169</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" t="s">
         <v>807</v>
       </c>
       <c r="B516">
         <v>36078</v>
       </c>
       <c r="C516" t="s">
         <v>2170</v>
       </c>
       <c r="D516">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="E516" t="s">
         <v>2171</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" t="s">
         <v>536</v>
       </c>
       <c r="B517">
         <v>36080</v>
       </c>
       <c r="C517" t="s">
         <v>2172</v>
       </c>
       <c r="D517">
-        <v>270</v>
+        <v>291</v>
       </c>
       <c r="E517" t="s">
         <v>2173</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" t="s">
         <v>807</v>
       </c>
       <c r="B518">
         <v>36064</v>
       </c>
       <c r="C518" t="s">
         <v>2174</v>
       </c>
       <c r="D518">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E518" t="s">
         <v>2175</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" t="s">
         <v>714</v>
       </c>
       <c r="B519">
         <v>36042</v>
       </c>
       <c r="C519" t="s">
         <v>2176</v>
       </c>
       <c r="D519">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="E519" t="s">
         <v>2177</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" t="s">
         <v>5</v>
       </c>
       <c r="B520">
         <v>36125</v>
       </c>
       <c r="C520" t="s">
         <v>2178</v>
       </c>
       <c r="D520">
         <v>19318</v>
       </c>
       <c r="E520" t="s">
         <v>2179</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" t="s">
         <v>735</v>
       </c>
       <c r="B521">
         <v>36045</v>
       </c>
       <c r="C521" t="s">
         <v>2180</v>
       </c>
       <c r="D521">
-        <v>240</v>
+        <v>258</v>
       </c>
       <c r="E521" t="s">
         <v>2181</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" t="s">
         <v>497</v>
       </c>
       <c r="B522">
         <v>36103</v>
       </c>
       <c r="C522" t="s">
         <v>2182</v>
       </c>
       <c r="D522">
         <v>32</v>
       </c>
       <c r="E522" t="s">
         <v>2183</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" t="s">
         <v>327</v>
       </c>
       <c r="B523">
         <v>36093</v>
       </c>
       <c r="C523" t="s">
         <v>2184</v>
       </c>
       <c r="D523">
-        <v>294</v>
+        <v>317</v>
       </c>
       <c r="E523" t="s">
         <v>2185</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" t="s">
         <v>807</v>
       </c>
       <c r="B524">
         <v>36073</v>
       </c>
       <c r="C524" t="s">
         <v>2186</v>
       </c>
       <c r="D524">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="E524" t="s">
         <v>2187</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" t="s">
         <v>807</v>
       </c>
       <c r="B525">
         <v>36069</v>
       </c>
       <c r="C525" t="s">
         <v>2188</v>
       </c>
       <c r="D525">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E525" t="s">
         <v>2189</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" t="s">
         <v>279</v>
       </c>
       <c r="B526">
         <v>36110</v>
       </c>
       <c r="C526" t="s">
         <v>2190</v>
       </c>
       <c r="D526">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E526" t="s">
         <v>2191</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" t="s">
         <v>279</v>
       </c>
       <c r="B527">
         <v>36111</v>
       </c>
       <c r="C527" t="s">
         <v>2192</v>
       </c>
       <c r="D527">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E527" t="s">
         <v>2193</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" t="s">
         <v>327</v>
       </c>
       <c r="B528">
         <v>36090</v>
       </c>
       <c r="C528" t="s">
         <v>2194</v>
       </c>
       <c r="D528">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="E528" t="s">
         <v>2195</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" t="s">
         <v>561</v>
       </c>
       <c r="B529">
         <v>36056</v>
       </c>
       <c r="C529" t="s">
         <v>2196</v>
       </c>
       <c r="D529">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E529" t="s">
         <v>2197</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" t="s">
         <v>561</v>
       </c>
       <c r="B530">
         <v>36053</v>
       </c>
       <c r="C530" t="s">
         <v>2198</v>
       </c>
       <c r="D530">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E530" t="s">
         <v>2199</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" t="s">
         <v>327</v>
       </c>
       <c r="B531">
         <v>36085</v>
       </c>
       <c r="C531" t="s">
         <v>2200</v>
       </c>
       <c r="D531">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E531" t="s">
         <v>2201</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" t="s">
         <v>561</v>
       </c>
       <c r="B532">
         <v>36050</v>
       </c>
       <c r="C532" t="s">
         <v>2202</v>
       </c>
       <c r="D532">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E532" t="s">
         <v>2203</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" t="s">
         <v>959</v>
       </c>
       <c r="B533">
         <v>36123</v>
       </c>
       <c r="C533" t="s">
         <v>2204</v>
       </c>
       <c r="D533">
         <v>281</v>
       </c>
       <c r="E533" t="s">
         <v>2205</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" t="s">
         <v>735</v>
       </c>
       <c r="B534">
         <v>36047</v>
       </c>
       <c r="C534" t="s">
         <v>2206</v>
       </c>
       <c r="D534">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="E534" t="s">
         <v>2207</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" t="s">
         <v>959</v>
       </c>
       <c r="B535">
         <v>36120</v>
       </c>
       <c r="C535" t="s">
         <v>2208</v>
       </c>
       <c r="D535">
-        <v>581</v>
+        <v>626</v>
       </c>
       <c r="E535" t="s">
         <v>2209</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" t="s">
         <v>327</v>
       </c>
       <c r="B536">
         <v>36099</v>
       </c>
       <c r="C536" t="s">
         <v>2210</v>
       </c>
       <c r="D536">
         <v>204</v>
       </c>
       <c r="E536" t="s">
         <v>2211</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" t="s">
         <v>959</v>
       </c>
       <c r="B537">
         <v>36118</v>
       </c>
       <c r="C537" t="s">
         <v>2212</v>
       </c>
       <c r="D537">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="E537" t="s">
         <v>2213</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" t="s">
         <v>807</v>
       </c>
       <c r="B538">
         <v>36067</v>
       </c>
       <c r="C538" t="s">
         <v>2214</v>
       </c>
       <c r="D538">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E538" t="s">
         <v>2215</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" t="s">
         <v>561</v>
       </c>
       <c r="B539">
         <v>36055</v>
       </c>
       <c r="C539" t="s">
         <v>2216</v>
       </c>
       <c r="D539">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E539" t="s">
         <v>2217</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" t="s">
         <v>807</v>
       </c>
       <c r="B540">
         <v>36065</v>
       </c>
       <c r="C540" t="s">
         <v>2218</v>
       </c>
       <c r="D540">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E540" t="s">
         <v>2219</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" t="s">
         <v>959</v>
       </c>
       <c r="B541">
         <v>36119</v>
       </c>
       <c r="C541" t="s">
         <v>2220</v>
       </c>
       <c r="D541">
-        <v>379</v>
+        <v>408</v>
       </c>
       <c r="E541" t="s">
         <v>2221</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" t="s">
         <v>107</v>
       </c>
       <c r="B542">
         <v>36106</v>
       </c>
       <c r="C542" t="s">
         <v>2222</v>
       </c>
       <c r="D542">
         <v>9</v>
       </c>
       <c r="E542" t="s">
         <v>2223</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" t="s">
         <v>327</v>
       </c>
       <c r="B543">
         <v>36100</v>
       </c>
       <c r="C543" t="s">
         <v>2224</v>
       </c>
       <c r="D543">
-        <v>225</v>
+        <v>242</v>
       </c>
       <c r="E543" t="s">
         <v>2225</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" t="s">
         <v>107</v>
       </c>
       <c r="B544">
         <v>36107</v>
       </c>
       <c r="C544" t="s">
         <v>2226</v>
       </c>
       <c r="D544">
         <v>11</v>
       </c>
       <c r="E544" t="s">
         <v>2227</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" t="s">
         <v>497</v>
@@ -26885,901 +26885,901 @@
       </c>
       <c r="B547">
         <v>36114</v>
       </c>
       <c r="C547" t="s">
         <v>2232</v>
       </c>
       <c r="D547">
         <v>740</v>
       </c>
       <c r="E547" t="s">
         <v>2233</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" t="s">
         <v>807</v>
       </c>
       <c r="B548">
         <v>36079</v>
       </c>
       <c r="C548" t="s">
         <v>2234</v>
       </c>
       <c r="D548">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E548" t="s">
         <v>2235</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" t="s">
         <v>714</v>
       </c>
       <c r="B549">
         <v>36040</v>
       </c>
       <c r="C549" t="s">
         <v>2236</v>
       </c>
       <c r="D549">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="E549" t="s">
         <v>2237</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" t="s">
         <v>561</v>
       </c>
       <c r="B550">
         <v>36058</v>
       </c>
       <c r="C550" t="s">
         <v>2238</v>
       </c>
       <c r="D550">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E550" t="s">
         <v>2239</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" t="s">
         <v>807</v>
       </c>
       <c r="B551">
         <v>36075</v>
       </c>
       <c r="C551" t="s">
         <v>2240</v>
       </c>
       <c r="D551">
         <v>180</v>
       </c>
       <c r="E551" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" t="s">
         <v>807</v>
       </c>
       <c r="B552">
         <v>36068</v>
       </c>
       <c r="C552" t="s">
         <v>2242</v>
       </c>
       <c r="D552">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E552" t="s">
         <v>2243</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
         <v>561</v>
       </c>
       <c r="B553">
         <v>36059</v>
       </c>
       <c r="C553" t="s">
         <v>2244</v>
       </c>
       <c r="D553">
         <v>417</v>
       </c>
       <c r="E553" t="s">
         <v>2245</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" t="s">
         <v>327</v>
       </c>
       <c r="B554">
         <v>36098</v>
       </c>
       <c r="C554" t="s">
         <v>2246</v>
       </c>
       <c r="D554">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="E554" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" t="s">
         <v>497</v>
       </c>
       <c r="B555">
         <v>36102</v>
       </c>
       <c r="C555" t="s">
         <v>2248</v>
       </c>
       <c r="D555">
         <v>65</v>
       </c>
       <c r="E555" t="s">
         <v>2249</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" t="s">
         <v>327</v>
       </c>
       <c r="B556">
         <v>36083</v>
       </c>
       <c r="C556" t="s">
         <v>2250</v>
       </c>
       <c r="D556">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E556" t="s">
         <v>2251</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" t="s">
         <v>561</v>
       </c>
       <c r="B557">
         <v>36054</v>
       </c>
       <c r="C557" t="s">
         <v>2252</v>
       </c>
       <c r="D557">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E557" t="s">
         <v>2253</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" t="s">
         <v>11</v>
       </c>
       <c r="B558">
         <v>36115</v>
       </c>
       <c r="C558" t="s">
         <v>2254</v>
       </c>
       <c r="D558">
-        <v>302</v>
+        <v>325</v>
       </c>
       <c r="E558" t="s">
         <v>2255</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" t="s">
         <v>561</v>
       </c>
       <c r="B559">
         <v>36061</v>
       </c>
       <c r="C559" t="s">
         <v>2256</v>
       </c>
       <c r="D559">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="E559" t="s">
         <v>2257</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" t="s">
         <v>327</v>
       </c>
       <c r="B560">
         <v>36089</v>
       </c>
       <c r="C560" t="s">
         <v>2258</v>
       </c>
       <c r="D560">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E560" t="s">
         <v>2259</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" t="s">
         <v>11</v>
       </c>
       <c r="B561">
         <v>36116</v>
       </c>
       <c r="C561" t="s">
         <v>2260</v>
       </c>
       <c r="D561">
-        <v>393</v>
+        <v>423</v>
       </c>
       <c r="E561" t="s">
         <v>2261</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" t="s">
         <v>735</v>
       </c>
       <c r="B562">
         <v>36049</v>
       </c>
       <c r="C562" t="s">
         <v>2262</v>
       </c>
       <c r="D562">
         <v>3588</v>
       </c>
       <c r="E562" t="s">
         <v>2263</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" t="s">
         <v>735</v>
       </c>
       <c r="B563">
         <v>36044</v>
       </c>
       <c r="C563" t="s">
         <v>2264</v>
       </c>
       <c r="D563">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="E563" t="s">
         <v>2265</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" t="s">
         <v>327</v>
       </c>
       <c r="B564">
         <v>36097</v>
       </c>
       <c r="C564" t="s">
         <v>2266</v>
       </c>
       <c r="D564">
-        <v>368</v>
+        <v>396</v>
       </c>
       <c r="E564" t="s">
         <v>2267</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" t="s">
         <v>11</v>
       </c>
       <c r="B565">
         <v>36117</v>
       </c>
       <c r="C565" t="s">
         <v>2268</v>
       </c>
       <c r="D565">
-        <v>611</v>
+        <v>658</v>
       </c>
       <c r="E565" t="s">
         <v>2269</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" t="s">
         <v>497</v>
       </c>
       <c r="B566">
         <v>36104</v>
       </c>
       <c r="C566" t="s">
         <v>2270</v>
       </c>
       <c r="D566">
         <v>57</v>
       </c>
       <c r="E566" t="s">
         <v>2271</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" t="s">
         <v>107</v>
       </c>
       <c r="B567">
         <v>36108</v>
       </c>
       <c r="C567" t="s">
         <v>2272</v>
       </c>
       <c r="D567">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E567" t="s">
         <v>2273</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" t="s">
         <v>327</v>
       </c>
       <c r="B568">
         <v>36094</v>
       </c>
       <c r="C568" t="s">
         <v>2274</v>
       </c>
       <c r="D568">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="E568" t="s">
         <v>2275</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" t="s">
         <v>327</v>
       </c>
       <c r="B569">
         <v>36086</v>
       </c>
       <c r="C569" t="s">
         <v>2276</v>
       </c>
       <c r="D569">
         <v>124</v>
       </c>
       <c r="E569" t="s">
         <v>2277</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" t="s">
         <v>561</v>
       </c>
       <c r="B570">
         <v>36057</v>
       </c>
       <c r="C570" t="s">
         <v>2278</v>
       </c>
       <c r="D570">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E570" t="s">
         <v>2279</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" t="s">
         <v>327</v>
       </c>
       <c r="B571">
         <v>36092</v>
       </c>
       <c r="C571" t="s">
         <v>2280</v>
       </c>
       <c r="D571">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="E571" t="s">
         <v>2281</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" t="s">
         <v>561</v>
       </c>
       <c r="B572">
         <v>36062</v>
       </c>
       <c r="C572" t="s">
         <v>2282</v>
       </c>
       <c r="D572">
-        <v>245</v>
+        <v>257</v>
       </c>
       <c r="E572" t="s">
         <v>2283</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" t="s">
         <v>327</v>
       </c>
       <c r="B573">
         <v>36087</v>
       </c>
       <c r="C573" t="s">
         <v>2284</v>
       </c>
       <c r="D573">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E573" t="s">
         <v>2285</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" t="s">
         <v>561</v>
       </c>
       <c r="B574">
         <v>36052</v>
       </c>
       <c r="C574" t="s">
         <v>2286</v>
       </c>
       <c r="D574">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E574" t="s">
         <v>2287</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" t="s">
         <v>11</v>
       </c>
       <c r="B575">
         <v>36113</v>
       </c>
       <c r="C575" t="s">
         <v>2288</v>
       </c>
       <c r="D575">
-        <v>470</v>
+        <v>507</v>
       </c>
       <c r="E575" t="s">
         <v>2289</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" t="s">
         <v>279</v>
       </c>
       <c r="B576">
         <v>36109</v>
       </c>
       <c r="C576" t="s">
         <v>2290</v>
       </c>
       <c r="D576">
         <v>7</v>
       </c>
       <c r="E576" t="s">
         <v>2291</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" t="s">
         <v>714</v>
       </c>
       <c r="B577">
         <v>36041</v>
       </c>
       <c r="C577" t="s">
         <v>2292</v>
       </c>
       <c r="D577">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="E577" t="s">
         <v>2293</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" t="s">
         <v>735</v>
       </c>
       <c r="B578">
         <v>36043</v>
       </c>
       <c r="C578" t="s">
         <v>2294</v>
       </c>
       <c r="D578">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="E578" t="s">
         <v>2295</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" t="s">
         <v>327</v>
       </c>
       <c r="B579">
         <v>36096</v>
       </c>
       <c r="C579" t="s">
         <v>2296</v>
       </c>
       <c r="D579">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="E579" t="s">
         <v>2297</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" t="s">
         <v>327</v>
       </c>
       <c r="B580">
         <v>36088</v>
       </c>
       <c r="C580" t="s">
         <v>2298</v>
       </c>
       <c r="D580">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E580" t="s">
         <v>2299</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" t="s">
         <v>959</v>
       </c>
       <c r="B581">
         <v>36122</v>
       </c>
       <c r="C581" t="s">
         <v>2300</v>
       </c>
       <c r="D581">
         <v>185</v>
       </c>
       <c r="E581" t="s">
         <v>2301</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" t="s">
         <v>327</v>
       </c>
       <c r="B582">
         <v>36095</v>
       </c>
       <c r="C582" t="s">
         <v>2302</v>
       </c>
       <c r="D582">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="E582" t="s">
         <v>2303</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" t="s">
         <v>807</v>
       </c>
       <c r="B583">
         <v>36077</v>
       </c>
       <c r="C583" t="s">
         <v>2304</v>
       </c>
       <c r="D583">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="E583" t="s">
         <v>2305</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" t="s">
         <v>561</v>
       </c>
       <c r="B584">
         <v>36063</v>
       </c>
       <c r="C584" t="s">
         <v>2306</v>
       </c>
       <c r="D584">
-        <v>386</v>
+        <v>405</v>
       </c>
       <c r="E584" t="s">
         <v>2307</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" t="s">
         <v>327</v>
       </c>
       <c r="B585">
         <v>36091</v>
       </c>
       <c r="C585" t="s">
         <v>2308</v>
       </c>
       <c r="D585">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="E585" t="s">
         <v>2309</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" t="s">
         <v>807</v>
       </c>
       <c r="B586">
         <v>36074</v>
       </c>
       <c r="C586" t="s">
         <v>2310</v>
       </c>
       <c r="D586">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="E586" t="s">
         <v>2311</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" t="s">
         <v>959</v>
       </c>
       <c r="B587">
         <v>36121</v>
       </c>
       <c r="C587" t="s">
         <v>2312</v>
       </c>
       <c r="D587">
         <v>149</v>
       </c>
       <c r="E587" t="s">
         <v>2313</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" t="s">
         <v>11</v>
       </c>
       <c r="B588">
         <v>36112</v>
       </c>
       <c r="C588" t="s">
         <v>2314</v>
       </c>
       <c r="D588">
-        <v>342</v>
+        <v>368</v>
       </c>
       <c r="E588" t="s">
         <v>2315</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" t="s">
         <v>735</v>
       </c>
       <c r="B589">
         <v>36046</v>
       </c>
       <c r="C589" t="s">
         <v>2316</v>
       </c>
       <c r="D589">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="E589" t="s">
         <v>2317</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" t="s">
         <v>561</v>
       </c>
       <c r="B590">
         <v>36060</v>
       </c>
       <c r="C590" t="s">
         <v>2318</v>
       </c>
       <c r="D590">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="E590" t="s">
         <v>2319</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" t="s">
         <v>807</v>
       </c>
       <c r="B591">
         <v>36072</v>
       </c>
       <c r="C591" t="s">
         <v>2320</v>
       </c>
       <c r="D591">
         <v>123</v>
       </c>
       <c r="E591" t="s">
         <v>2321</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" t="s">
         <v>497</v>
       </c>
       <c r="B592">
         <v>36105</v>
       </c>
       <c r="C592" t="s">
         <v>2322</v>
       </c>
       <c r="D592">
         <v>128</v>
       </c>
       <c r="E592" t="s">
         <v>2323</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" t="s">
         <v>807</v>
       </c>
       <c r="B593">
         <v>36070</v>
       </c>
       <c r="C593" t="s">
         <v>2324</v>
       </c>
       <c r="D593">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="E593" t="s">
         <v>2325</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" t="s">
         <v>327</v>
       </c>
       <c r="B594">
         <v>36084</v>
       </c>
       <c r="C594" t="s">
         <v>2326</v>
       </c>
       <c r="D594">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E594" t="s">
         <v>2327</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" t="s">
         <v>807</v>
       </c>
       <c r="B595">
         <v>36071</v>
       </c>
       <c r="C595" t="s">
         <v>2328</v>
       </c>
       <c r="D595">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="E595" t="s">
         <v>2329</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" t="s">
         <v>807</v>
       </c>
       <c r="B596">
         <v>36081</v>
       </c>
       <c r="C596" t="s">
         <v>2330</v>
       </c>
       <c r="D596">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="E596" t="s">
         <v>2331</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" t="s">
         <v>561</v>
       </c>
       <c r="B597">
         <v>36051</v>
       </c>
       <c r="C597" t="s">
         <v>2332</v>
       </c>
       <c r="D597">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E597" t="s">
         <v>2333</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" t="s">
         <v>807</v>
       </c>
       <c r="B598">
         <v>36076</v>
       </c>
       <c r="C598" t="s">
         <v>2334</v>
       </c>
       <c r="D598">
-        <v>207</v>
+        <v>223</v>
       </c>
       <c r="E598" t="s">
         <v>2335</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>